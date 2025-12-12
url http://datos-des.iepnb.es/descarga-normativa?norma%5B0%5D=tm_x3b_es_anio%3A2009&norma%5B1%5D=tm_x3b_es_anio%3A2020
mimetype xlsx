--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -4803,99 +4803,99 @@
       <c r="H119" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>244</v>
       </c>
       <c r="B120" t="s">
         <v>151</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>50</v>
       </c>
       <c r="F120">
         <v>2009</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>244</v>
       </c>
       <c r="B121" t="s">
         <v>151</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>50</v>
       </c>
       <c r="F121">
         <v>2009</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>245</v>
+        <v>51</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>151</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>50</v>
       </c>
       <c r="F122">
         <v>2009</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>77</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>50</v>
       </c>
       <c r="F123">
         <v>2009</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>51</v>
       </c>