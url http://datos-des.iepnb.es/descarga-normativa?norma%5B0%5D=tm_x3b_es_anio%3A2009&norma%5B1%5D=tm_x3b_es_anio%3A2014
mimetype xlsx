--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -3635,51 +3635,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -3731,51 +3731,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -3827,51 +3827,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -3899,51 +3899,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -5197,51 +5197,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5981,75 +5981,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -6559,51 +6559,51 @@
       <c r="H175" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>355</v>
       </c>
       <c r="B176" t="s">
         <v>356</v>
       </c>
       <c r="C176" t="s">
         <v>101</v>
       </c>
       <c r="D176" t="s">
         <v>97</v>
       </c>
       <c r="E176" t="s">
         <v>98</v>
       </c>
       <c r="F176">
         <v>2009</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>357</v>
       </c>
       <c r="B177" t="s">
         <v>358</v>
       </c>
       <c r="C177" t="s">
         <v>101</v>
       </c>
       <c r="D177" t="s">
         <v>97</v>
       </c>
       <c r="E177" t="s">
         <v>98</v>
       </c>
       <c r="F177">
         <v>2009</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>359</v>
       </c>
@@ -7205,99 +7205,99 @@
         <v>340</v>
       </c>
       <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>409</v>
       </c>
       <c r="B203" t="s">
         <v>410</v>
       </c>
       <c r="C203" t="s">
         <v>96</v>
       </c>
       <c r="D203" t="s">
         <v>97</v>
       </c>
       <c r="E203" t="s">
         <v>98</v>
       </c>
       <c r="F203">
         <v>2009</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>411</v>
       </c>
       <c r="B204" t="s">
         <v>412</v>
       </c>
       <c r="C204" t="s">
         <v>96</v>
       </c>
       <c r="D204" t="s">
         <v>97</v>
       </c>
       <c r="E204" t="s">
         <v>98</v>
       </c>
       <c r="F204">
         <v>2009</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>413</v>
       </c>
       <c r="B205" t="s">
         <v>414</v>
       </c>
       <c r="C205" t="s">
         <v>96</v>
       </c>
       <c r="D205" t="s">
         <v>97</v>
       </c>
       <c r="E205" t="s">
         <v>98</v>
       </c>
       <c r="F205">
         <v>2009</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>415</v>
       </c>
       <c r="B206" t="s">
         <v>416</v>
       </c>
       <c r="C206" t="s">
         <v>96</v>
       </c>
       <c r="D206" t="s">
         <v>97</v>
       </c>
       <c r="E206" t="s">
         <v>98</v>
       </c>
       <c r="F206">
         <v>2009</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
         <v>117</v>
       </c>
@@ -7469,75 +7469,75 @@
       <c r="H213" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>430</v>
       </c>
       <c r="B214" t="s">
         <v>431</v>
       </c>
       <c r="C214" t="s">
         <v>110</v>
       </c>
       <c r="D214" t="s">
         <v>97</v>
       </c>
       <c r="E214" t="s">
         <v>98</v>
       </c>
       <c r="F214">
         <v>2009</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>432</v>
       </c>
       <c r="B215" t="s">
         <v>433</v>
       </c>
       <c r="C215" t="s">
         <v>110</v>
       </c>
       <c r="D215" t="s">
         <v>97</v>
       </c>
       <c r="E215" t="s">
         <v>98</v>
       </c>
       <c r="F215">
         <v>2009</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>434</v>
       </c>
       <c r="B216" t="s">
         <v>435</v>
       </c>
       <c r="C216" t="s">
         <v>96</v>
       </c>
       <c r="D216" t="s">
         <v>97</v>
       </c>
       <c r="E216" t="s">
         <v>98</v>
       </c>
       <c r="F216">
         <v>2009</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>102</v>
       </c>
@@ -7589,75 +7589,75 @@
       <c r="H218" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>440</v>
       </c>
       <c r="B219" t="s">
         <v>441</v>
       </c>
       <c r="C219" t="s">
         <v>110</v>
       </c>
       <c r="D219" t="s">
         <v>97</v>
       </c>
       <c r="E219" t="s">
         <v>98</v>
       </c>
       <c r="F219">
         <v>2009</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>442</v>
       </c>
       <c r="B220" t="s">
         <v>443</v>
       </c>
       <c r="C220" t="s">
         <v>110</v>
       </c>
       <c r="D220" t="s">
         <v>97</v>
       </c>
       <c r="E220" t="s">
         <v>98</v>
       </c>
       <c r="F220">
         <v>2009</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>444</v>
       </c>
       <c r="B221" t="s">
         <v>445</v>
       </c>
       <c r="C221" t="s">
         <v>101</v>
       </c>
       <c r="D221" t="s">
         <v>97</v>
       </c>
       <c r="E221" t="s">
         <v>98</v>
       </c>
       <c r="F221">
         <v>2009</v>
       </c>
       <c r="G221" t="s">
         <v>128</v>
       </c>
       <c r="H221"/>
@@ -7733,171 +7733,171 @@
       <c r="H224" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>452</v>
       </c>
       <c r="B225" t="s">
         <v>453</v>
       </c>
       <c r="C225" t="s">
         <v>110</v>
       </c>
       <c r="D225" t="s">
         <v>97</v>
       </c>
       <c r="E225" t="s">
         <v>98</v>
       </c>
       <c r="F225">
         <v>2009</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>454</v>
       </c>
       <c r="B226" t="s">
         <v>455</v>
       </c>
       <c r="C226" t="s">
         <v>110</v>
       </c>
       <c r="D226" t="s">
         <v>97</v>
       </c>
       <c r="E226" t="s">
         <v>98</v>
       </c>
       <c r="F226">
         <v>2009</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>456</v>
       </c>
       <c r="B227" t="s">
         <v>457</v>
       </c>
       <c r="C227" t="s">
         <v>110</v>
       </c>
       <c r="D227" t="s">
         <v>97</v>
       </c>
       <c r="E227" t="s">
         <v>98</v>
       </c>
       <c r="F227">
         <v>2009</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>458</v>
       </c>
       <c r="B228" t="s">
         <v>459</v>
       </c>
       <c r="C228" t="s">
         <v>110</v>
       </c>
       <c r="D228" t="s">
         <v>97</v>
       </c>
       <c r="E228" t="s">
         <v>98</v>
       </c>
       <c r="F228">
         <v>2009</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>460</v>
       </c>
       <c r="B229" t="s">
         <v>461</v>
       </c>
       <c r="C229" t="s">
         <v>110</v>
       </c>
       <c r="D229" t="s">
         <v>97</v>
       </c>
       <c r="E229" t="s">
         <v>98</v>
       </c>
       <c r="F229">
         <v>2009</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>462</v>
       </c>
       <c r="B230" t="s">
         <v>463</v>
       </c>
       <c r="C230" t="s">
         <v>110</v>
       </c>
       <c r="D230" t="s">
         <v>97</v>
       </c>
       <c r="E230" t="s">
         <v>98</v>
       </c>
       <c r="F230">
         <v>2009</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>464</v>
       </c>
       <c r="B231" t="s">
         <v>465</v>
       </c>
       <c r="C231" t="s">
         <v>110</v>
       </c>
       <c r="D231" t="s">
         <v>97</v>
       </c>
       <c r="E231" t="s">
         <v>98</v>
       </c>
       <c r="F231">
         <v>2009</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>288</v>
       </c>
@@ -7925,3459 +7925,3459 @@
       <c r="H232" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>467</v>
       </c>
       <c r="B233" t="s">
         <v>377</v>
       </c>
       <c r="C233" t="s">
         <v>110</v>
       </c>
       <c r="D233" t="s">
         <v>97</v>
       </c>
       <c r="E233" t="s">
         <v>98</v>
       </c>
       <c r="F233">
         <v>2009</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>467</v>
       </c>
       <c r="B234" t="s">
         <v>377</v>
       </c>
       <c r="C234" t="s">
         <v>110</v>
       </c>
       <c r="D234" t="s">
         <v>97</v>
       </c>
       <c r="E234" t="s">
         <v>98</v>
       </c>
       <c r="F234">
         <v>2009</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>467</v>
       </c>
       <c r="B235" t="s">
         <v>377</v>
       </c>
       <c r="C235" t="s">
         <v>110</v>
       </c>
       <c r="D235" t="s">
         <v>97</v>
       </c>
       <c r="E235" t="s">
         <v>98</v>
       </c>
       <c r="F235">
         <v>2009</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>11</v>
+        <v>129</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>468</v>
       </c>
       <c r="B236" t="s">
         <v>469</v>
       </c>
       <c r="C236" t="s">
         <v>315</v>
       </c>
       <c r="D236" t="s">
         <v>97</v>
       </c>
       <c r="E236" t="s">
         <v>98</v>
       </c>
       <c r="F236">
         <v>2009</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>470</v>
       </c>
       <c r="B237" t="s">
         <v>471</v>
       </c>
       <c r="C237" t="s">
         <v>315</v>
       </c>
       <c r="D237" t="s">
         <v>97</v>
       </c>
       <c r="E237" t="s">
         <v>98</v>
       </c>
       <c r="F237">
         <v>2009</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>472</v>
       </c>
       <c r="B238" t="s">
         <v>473</v>
       </c>
       <c r="C238" t="s">
         <v>315</v>
       </c>
       <c r="D238" t="s">
         <v>97</v>
       </c>
       <c r="E238" t="s">
         <v>98</v>
       </c>
       <c r="F238">
         <v>2009</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>474</v>
       </c>
       <c r="B239" t="s">
         <v>475</v>
       </c>
       <c r="C239" t="s">
         <v>315</v>
       </c>
       <c r="D239" t="s">
         <v>97</v>
       </c>
       <c r="E239" t="s">
         <v>98</v>
       </c>
       <c r="F239">
         <v>2009</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>476</v>
       </c>
       <c r="B240" t="s">
         <v>477</v>
       </c>
       <c r="C240" t="s">
         <v>315</v>
       </c>
       <c r="D240" t="s">
         <v>97</v>
       </c>
       <c r="E240" t="s">
         <v>98</v>
       </c>
       <c r="F240">
         <v>2009</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>478</v>
       </c>
       <c r="B241" t="s">
         <v>479</v>
       </c>
       <c r="C241" t="s">
         <v>315</v>
       </c>
       <c r="D241" t="s">
         <v>97</v>
       </c>
       <c r="E241" t="s">
         <v>98</v>
       </c>
       <c r="F241">
         <v>2009</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>480</v>
       </c>
       <c r="B242" t="s">
         <v>481</v>
       </c>
       <c r="C242" t="s">
         <v>315</v>
       </c>
       <c r="D242" t="s">
         <v>97</v>
       </c>
       <c r="E242" t="s">
         <v>98</v>
       </c>
       <c r="F242">
         <v>2009</v>
       </c>
       <c r="G242"/>
       <c r="H242" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>482</v>
       </c>
       <c r="B243" t="s">
         <v>483</v>
       </c>
       <c r="C243" t="s">
         <v>315</v>
       </c>
       <c r="D243" t="s">
         <v>97</v>
       </c>
       <c r="E243" t="s">
         <v>98</v>
       </c>
       <c r="F243">
         <v>2009</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>484</v>
       </c>
       <c r="B244" t="s">
         <v>485</v>
       </c>
       <c r="C244" t="s">
         <v>315</v>
       </c>
       <c r="D244" t="s">
         <v>97</v>
       </c>
       <c r="E244" t="s">
         <v>98</v>
       </c>
       <c r="F244">
         <v>2009</v>
       </c>
       <c r="G244"/>
       <c r="H244" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>486</v>
       </c>
       <c r="B245" t="s">
         <v>487</v>
       </c>
       <c r="C245" t="s">
         <v>315</v>
       </c>
       <c r="D245" t="s">
         <v>97</v>
       </c>
       <c r="E245" t="s">
         <v>98</v>
       </c>
       <c r="F245">
         <v>2009</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>488</v>
       </c>
       <c r="B246" t="s">
         <v>489</v>
       </c>
       <c r="C246" t="s">
         <v>315</v>
       </c>
       <c r="D246" t="s">
         <v>97</v>
       </c>
       <c r="E246" t="s">
         <v>98</v>
       </c>
       <c r="F246">
         <v>2009</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>490</v>
       </c>
       <c r="B247" t="s">
         <v>491</v>
       </c>
       <c r="C247" t="s">
         <v>315</v>
       </c>
       <c r="D247" t="s">
         <v>97</v>
       </c>
       <c r="E247" t="s">
         <v>98</v>
       </c>
       <c r="F247">
         <v>2009</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>492</v>
       </c>
       <c r="B248" t="s">
         <v>493</v>
       </c>
       <c r="C248" t="s">
         <v>315</v>
       </c>
       <c r="D248" t="s">
         <v>97</v>
       </c>
       <c r="E248" t="s">
         <v>98</v>
       </c>
       <c r="F248">
         <v>2009</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>494</v>
       </c>
       <c r="B249" t="s">
         <v>495</v>
       </c>
       <c r="C249" t="s">
         <v>315</v>
       </c>
       <c r="D249" t="s">
         <v>97</v>
       </c>
       <c r="E249" t="s">
         <v>98</v>
       </c>
       <c r="F249">
         <v>2009</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>496</v>
       </c>
       <c r="B250" t="s">
         <v>497</v>
       </c>
       <c r="C250" t="s">
         <v>315</v>
       </c>
       <c r="D250" t="s">
         <v>97</v>
       </c>
       <c r="E250" t="s">
         <v>98</v>
       </c>
       <c r="F250">
         <v>2009</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>498</v>
       </c>
       <c r="B251" t="s">
         <v>499</v>
       </c>
       <c r="C251" t="s">
         <v>315</v>
       </c>
       <c r="D251" t="s">
         <v>97</v>
       </c>
       <c r="E251" t="s">
         <v>98</v>
       </c>
       <c r="F251">
         <v>2009</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>500</v>
       </c>
       <c r="B252" t="s">
         <v>501</v>
       </c>
       <c r="C252" t="s">
         <v>315</v>
       </c>
       <c r="D252" t="s">
         <v>97</v>
       </c>
       <c r="E252" t="s">
         <v>98</v>
       </c>
       <c r="F252">
         <v>2009</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>502</v>
       </c>
       <c r="B253" t="s">
         <v>503</v>
       </c>
       <c r="C253" t="s">
         <v>315</v>
       </c>
       <c r="D253" t="s">
         <v>97</v>
       </c>
       <c r="E253" t="s">
         <v>98</v>
       </c>
       <c r="F253">
         <v>2009</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>504</v>
       </c>
       <c r="B254" t="s">
         <v>505</v>
       </c>
       <c r="C254" t="s">
         <v>315</v>
       </c>
       <c r="D254" t="s">
         <v>97</v>
       </c>
       <c r="E254" t="s">
         <v>98</v>
       </c>
       <c r="F254">
         <v>2009</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>506</v>
       </c>
       <c r="B255" t="s">
         <v>507</v>
       </c>
       <c r="C255" t="s">
         <v>315</v>
       </c>
       <c r="D255" t="s">
         <v>97</v>
       </c>
       <c r="E255" t="s">
         <v>98</v>
       </c>
       <c r="F255">
         <v>2009</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>508</v>
       </c>
       <c r="B256" t="s">
         <v>509</v>
       </c>
       <c r="C256" t="s">
         <v>315</v>
       </c>
       <c r="D256" t="s">
         <v>97</v>
       </c>
       <c r="E256" t="s">
         <v>98</v>
       </c>
       <c r="F256">
         <v>2009</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>510</v>
       </c>
       <c r="B257" t="s">
         <v>511</v>
       </c>
       <c r="C257" t="s">
         <v>315</v>
       </c>
       <c r="D257" t="s">
         <v>97</v>
       </c>
       <c r="E257" t="s">
         <v>98</v>
       </c>
       <c r="F257">
         <v>2009</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>512</v>
       </c>
       <c r="B258" t="s">
         <v>513</v>
       </c>
       <c r="C258" t="s">
         <v>315</v>
       </c>
       <c r="D258" t="s">
         <v>97</v>
       </c>
       <c r="E258" t="s">
         <v>98</v>
       </c>
       <c r="F258">
         <v>2009</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>514</v>
       </c>
       <c r="B259" t="s">
         <v>515</v>
       </c>
       <c r="C259" t="s">
         <v>315</v>
       </c>
       <c r="D259" t="s">
         <v>97</v>
       </c>
       <c r="E259" t="s">
         <v>98</v>
       </c>
       <c r="F259">
         <v>2009</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>516</v>
       </c>
       <c r="B260" t="s">
         <v>517</v>
       </c>
       <c r="C260" t="s">
         <v>315</v>
       </c>
       <c r="D260" t="s">
         <v>97</v>
       </c>
       <c r="E260" t="s">
         <v>98</v>
       </c>
       <c r="F260">
         <v>2009</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>518</v>
       </c>
       <c r="B261" t="s">
         <v>519</v>
       </c>
       <c r="C261" t="s">
         <v>315</v>
       </c>
       <c r="D261" t="s">
         <v>97</v>
       </c>
       <c r="E261" t="s">
         <v>98</v>
       </c>
       <c r="F261">
         <v>2009</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>520</v>
       </c>
       <c r="B262" t="s">
         <v>521</v>
       </c>
       <c r="C262" t="s">
         <v>315</v>
       </c>
       <c r="D262" t="s">
         <v>97</v>
       </c>
       <c r="E262" t="s">
         <v>98</v>
       </c>
       <c r="F262">
         <v>2009</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>522</v>
       </c>
       <c r="B263" t="s">
         <v>523</v>
       </c>
       <c r="C263" t="s">
         <v>315</v>
       </c>
       <c r="D263" t="s">
         <v>97</v>
       </c>
       <c r="E263" t="s">
         <v>98</v>
       </c>
       <c r="F263">
         <v>2009</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>524</v>
       </c>
       <c r="B264" t="s">
         <v>525</v>
       </c>
       <c r="C264" t="s">
         <v>315</v>
       </c>
       <c r="D264" t="s">
         <v>97</v>
       </c>
       <c r="E264" t="s">
         <v>98</v>
       </c>
       <c r="F264">
         <v>2009</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>526</v>
       </c>
       <c r="B265" t="s">
         <v>527</v>
       </c>
       <c r="C265" t="s">
         <v>315</v>
       </c>
       <c r="D265" t="s">
         <v>97</v>
       </c>
       <c r="E265" t="s">
         <v>98</v>
       </c>
       <c r="F265">
         <v>2009</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>528</v>
       </c>
       <c r="B266" t="s">
         <v>529</v>
       </c>
       <c r="C266" t="s">
         <v>315</v>
       </c>
       <c r="D266" t="s">
         <v>97</v>
       </c>
       <c r="E266" t="s">
         <v>98</v>
       </c>
       <c r="F266">
         <v>2009</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>530</v>
       </c>
       <c r="B267" t="s">
         <v>531</v>
       </c>
       <c r="C267" t="s">
         <v>315</v>
       </c>
       <c r="D267" t="s">
         <v>97</v>
       </c>
       <c r="E267" t="s">
         <v>98</v>
       </c>
       <c r="F267">
         <v>2009</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>532</v>
       </c>
       <c r="B268" t="s">
         <v>533</v>
       </c>
       <c r="C268" t="s">
         <v>315</v>
       </c>
       <c r="D268" t="s">
         <v>97</v>
       </c>
       <c r="E268" t="s">
         <v>98</v>
       </c>
       <c r="F268">
         <v>2009</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>534</v>
       </c>
       <c r="B269" t="s">
         <v>535</v>
       </c>
       <c r="C269" t="s">
         <v>315</v>
       </c>
       <c r="D269" t="s">
         <v>97</v>
       </c>
       <c r="E269" t="s">
         <v>98</v>
       </c>
       <c r="F269">
         <v>2009</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>536</v>
       </c>
       <c r="B270" t="s">
         <v>537</v>
       </c>
       <c r="C270" t="s">
         <v>315</v>
       </c>
       <c r="D270" t="s">
         <v>97</v>
       </c>
       <c r="E270" t="s">
         <v>98</v>
       </c>
       <c r="F270">
         <v>2009</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>538</v>
       </c>
       <c r="B271" t="s">
         <v>539</v>
       </c>
       <c r="C271" t="s">
         <v>315</v>
       </c>
       <c r="D271" t="s">
         <v>97</v>
       </c>
       <c r="E271" t="s">
         <v>98</v>
       </c>
       <c r="F271">
         <v>2009</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>540</v>
       </c>
       <c r="B272" t="s">
         <v>541</v>
       </c>
       <c r="C272" t="s">
         <v>315</v>
       </c>
       <c r="D272" t="s">
         <v>97</v>
       </c>
       <c r="E272" t="s">
         <v>98</v>
       </c>
       <c r="F272">
         <v>2009</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>542</v>
       </c>
       <c r="B273" t="s">
         <v>543</v>
       </c>
       <c r="C273" t="s">
         <v>315</v>
       </c>
       <c r="D273" t="s">
         <v>97</v>
       </c>
       <c r="E273" t="s">
         <v>98</v>
       </c>
       <c r="F273">
         <v>2009</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>544</v>
       </c>
       <c r="B274" t="s">
         <v>545</v>
       </c>
       <c r="C274" t="s">
         <v>315</v>
       </c>
       <c r="D274" t="s">
         <v>97</v>
       </c>
       <c r="E274" t="s">
         <v>98</v>
       </c>
       <c r="F274">
         <v>2009</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>546</v>
       </c>
       <c r="B275" t="s">
         <v>547</v>
       </c>
       <c r="C275" t="s">
         <v>315</v>
       </c>
       <c r="D275" t="s">
         <v>97</v>
       </c>
       <c r="E275" t="s">
         <v>98</v>
       </c>
       <c r="F275">
         <v>2009</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>548</v>
       </c>
       <c r="B276" t="s">
         <v>549</v>
       </c>
       <c r="C276" t="s">
         <v>315</v>
       </c>
       <c r="D276" t="s">
         <v>97</v>
       </c>
       <c r="E276" t="s">
         <v>98</v>
       </c>
       <c r="F276">
         <v>2009</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>550</v>
       </c>
       <c r="B277" t="s">
         <v>551</v>
       </c>
       <c r="C277" t="s">
         <v>315</v>
       </c>
       <c r="D277" t="s">
         <v>97</v>
       </c>
       <c r="E277" t="s">
         <v>98</v>
       </c>
       <c r="F277">
         <v>2009</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>552</v>
       </c>
       <c r="B278" t="s">
         <v>553</v>
       </c>
       <c r="C278" t="s">
         <v>315</v>
       </c>
       <c r="D278" t="s">
         <v>97</v>
       </c>
       <c r="E278" t="s">
         <v>98</v>
       </c>
       <c r="F278">
         <v>2009</v>
       </c>
       <c r="G278"/>
       <c r="H278" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>554</v>
       </c>
       <c r="B279" t="s">
         <v>555</v>
       </c>
       <c r="C279" t="s">
         <v>315</v>
       </c>
       <c r="D279" t="s">
         <v>97</v>
       </c>
       <c r="E279" t="s">
         <v>98</v>
       </c>
       <c r="F279">
         <v>2009</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>556</v>
       </c>
       <c r="B280" t="s">
         <v>557</v>
       </c>
       <c r="C280" t="s">
         <v>315</v>
       </c>
       <c r="D280" t="s">
         <v>97</v>
       </c>
       <c r="E280" t="s">
         <v>98</v>
       </c>
       <c r="F280">
         <v>2009</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>558</v>
       </c>
       <c r="B281" t="s">
         <v>559</v>
       </c>
       <c r="C281" t="s">
         <v>315</v>
       </c>
       <c r="D281" t="s">
         <v>97</v>
       </c>
       <c r="E281" t="s">
         <v>98</v>
       </c>
       <c r="F281">
         <v>2009</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>560</v>
       </c>
       <c r="B282" t="s">
         <v>561</v>
       </c>
       <c r="C282" t="s">
         <v>315</v>
       </c>
       <c r="D282" t="s">
         <v>97</v>
       </c>
       <c r="E282" t="s">
         <v>98</v>
       </c>
       <c r="F282">
         <v>2009</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>562</v>
       </c>
       <c r="B283" t="s">
         <v>563</v>
       </c>
       <c r="C283" t="s">
         <v>315</v>
       </c>
       <c r="D283" t="s">
         <v>97</v>
       </c>
       <c r="E283" t="s">
         <v>98</v>
       </c>
       <c r="F283">
         <v>2009</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>564</v>
       </c>
       <c r="B284" t="s">
         <v>565</v>
       </c>
       <c r="C284" t="s">
         <v>315</v>
       </c>
       <c r="D284" t="s">
         <v>97</v>
       </c>
       <c r="E284" t="s">
         <v>98</v>
       </c>
       <c r="F284">
         <v>2009</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>566</v>
       </c>
       <c r="B285" t="s">
         <v>567</v>
       </c>
       <c r="C285" t="s">
         <v>315</v>
       </c>
       <c r="D285" t="s">
         <v>97</v>
       </c>
       <c r="E285" t="s">
         <v>98</v>
       </c>
       <c r="F285">
         <v>2009</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>568</v>
       </c>
       <c r="B286" t="s">
         <v>569</v>
       </c>
       <c r="C286" t="s">
         <v>315</v>
       </c>
       <c r="D286" t="s">
         <v>97</v>
       </c>
       <c r="E286" t="s">
         <v>98</v>
       </c>
       <c r="F286">
         <v>2009</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>570</v>
       </c>
       <c r="B287" t="s">
         <v>571</v>
       </c>
       <c r="C287" t="s">
         <v>315</v>
       </c>
       <c r="D287" t="s">
         <v>97</v>
       </c>
       <c r="E287" t="s">
         <v>98</v>
       </c>
       <c r="F287">
         <v>2009</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>572</v>
       </c>
       <c r="B288" t="s">
         <v>573</v>
       </c>
       <c r="C288" t="s">
         <v>315</v>
       </c>
       <c r="D288" t="s">
         <v>97</v>
       </c>
       <c r="E288" t="s">
         <v>98</v>
       </c>
       <c r="F288">
         <v>2009</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>574</v>
       </c>
       <c r="B289" t="s">
         <v>575</v>
       </c>
       <c r="C289" t="s">
         <v>315</v>
       </c>
       <c r="D289" t="s">
         <v>97</v>
       </c>
       <c r="E289" t="s">
         <v>98</v>
       </c>
       <c r="F289">
         <v>2009</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>576</v>
       </c>
       <c r="B290" t="s">
         <v>577</v>
       </c>
       <c r="C290" t="s">
         <v>315</v>
       </c>
       <c r="D290" t="s">
         <v>97</v>
       </c>
       <c r="E290" t="s">
         <v>98</v>
       </c>
       <c r="F290">
         <v>2009</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>578</v>
       </c>
       <c r="B291" t="s">
         <v>579</v>
       </c>
       <c r="C291" t="s">
         <v>315</v>
       </c>
       <c r="D291" t="s">
         <v>97</v>
       </c>
       <c r="E291" t="s">
         <v>98</v>
       </c>
       <c r="F291">
         <v>2009</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>580</v>
       </c>
       <c r="B292" t="s">
         <v>581</v>
       </c>
       <c r="C292" t="s">
         <v>315</v>
       </c>
       <c r="D292" t="s">
         <v>97</v>
       </c>
       <c r="E292" t="s">
         <v>98</v>
       </c>
       <c r="F292">
         <v>2009</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>582</v>
       </c>
       <c r="B293" t="s">
         <v>583</v>
       </c>
       <c r="C293" t="s">
         <v>315</v>
       </c>
       <c r="D293" t="s">
         <v>97</v>
       </c>
       <c r="E293" t="s">
         <v>98</v>
       </c>
       <c r="F293">
         <v>2009</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>584</v>
       </c>
       <c r="B294" t="s">
         <v>585</v>
       </c>
       <c r="C294" t="s">
         <v>315</v>
       </c>
       <c r="D294" t="s">
         <v>97</v>
       </c>
       <c r="E294" t="s">
         <v>98</v>
       </c>
       <c r="F294">
         <v>2009</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>586</v>
       </c>
       <c r="B295" t="s">
         <v>587</v>
       </c>
       <c r="C295" t="s">
         <v>315</v>
       </c>
       <c r="D295" t="s">
         <v>97</v>
       </c>
       <c r="E295" t="s">
         <v>98</v>
       </c>
       <c r="F295">
         <v>2009</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>588</v>
       </c>
       <c r="B296" t="s">
         <v>589</v>
       </c>
       <c r="C296" t="s">
         <v>315</v>
       </c>
       <c r="D296" t="s">
         <v>97</v>
       </c>
       <c r="E296" t="s">
         <v>98</v>
       </c>
       <c r="F296">
         <v>2009</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>590</v>
       </c>
       <c r="B297" t="s">
         <v>591</v>
       </c>
       <c r="C297" t="s">
         <v>315</v>
       </c>
       <c r="D297" t="s">
         <v>97</v>
       </c>
       <c r="E297" t="s">
         <v>98</v>
       </c>
       <c r="F297">
         <v>2009</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>592</v>
       </c>
       <c r="B298" t="s">
         <v>593</v>
       </c>
       <c r="C298" t="s">
         <v>315</v>
       </c>
       <c r="D298" t="s">
         <v>97</v>
       </c>
       <c r="E298" t="s">
         <v>98</v>
       </c>
       <c r="F298">
         <v>2009</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>594</v>
       </c>
       <c r="B299" t="s">
         <v>595</v>
       </c>
       <c r="C299" t="s">
         <v>315</v>
       </c>
       <c r="D299" t="s">
         <v>97</v>
       </c>
       <c r="E299" t="s">
         <v>98</v>
       </c>
       <c r="F299">
         <v>2009</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>596</v>
       </c>
       <c r="B300" t="s">
         <v>597</v>
       </c>
       <c r="C300" t="s">
         <v>315</v>
       </c>
       <c r="D300" t="s">
         <v>97</v>
       </c>
       <c r="E300" t="s">
         <v>98</v>
       </c>
       <c r="F300">
         <v>2009</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>598</v>
       </c>
       <c r="B301" t="s">
         <v>599</v>
       </c>
       <c r="C301" t="s">
         <v>315</v>
       </c>
       <c r="D301" t="s">
         <v>97</v>
       </c>
       <c r="E301" t="s">
         <v>98</v>
       </c>
       <c r="F301">
         <v>2009</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>600</v>
       </c>
       <c r="B302" t="s">
         <v>601</v>
       </c>
       <c r="C302" t="s">
         <v>315</v>
       </c>
       <c r="D302" t="s">
         <v>97</v>
       </c>
       <c r="E302" t="s">
         <v>98</v>
       </c>
       <c r="F302">
         <v>2009</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>602</v>
       </c>
       <c r="B303" t="s">
         <v>603</v>
       </c>
       <c r="C303" t="s">
         <v>315</v>
       </c>
       <c r="D303" t="s">
         <v>97</v>
       </c>
       <c r="E303" t="s">
         <v>98</v>
       </c>
       <c r="F303">
         <v>2009</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>604</v>
       </c>
       <c r="B304" t="s">
         <v>605</v>
       </c>
       <c r="C304" t="s">
         <v>315</v>
       </c>
       <c r="D304" t="s">
         <v>97</v>
       </c>
       <c r="E304" t="s">
         <v>98</v>
       </c>
       <c r="F304">
         <v>2009</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>606</v>
       </c>
       <c r="B305" t="s">
         <v>607</v>
       </c>
       <c r="C305" t="s">
         <v>315</v>
       </c>
       <c r="D305" t="s">
         <v>97</v>
       </c>
       <c r="E305" t="s">
         <v>98</v>
       </c>
       <c r="F305">
         <v>2009</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>608</v>
       </c>
       <c r="B306" t="s">
         <v>609</v>
       </c>
       <c r="C306" t="s">
         <v>315</v>
       </c>
       <c r="D306" t="s">
         <v>97</v>
       </c>
       <c r="E306" t="s">
         <v>98</v>
       </c>
       <c r="F306">
         <v>2009</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>610</v>
       </c>
       <c r="B307" t="s">
         <v>611</v>
       </c>
       <c r="C307" t="s">
         <v>315</v>
       </c>
       <c r="D307" t="s">
         <v>97</v>
       </c>
       <c r="E307" t="s">
         <v>98</v>
       </c>
       <c r="F307">
         <v>2009</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>612</v>
       </c>
       <c r="B308" t="s">
         <v>613</v>
       </c>
       <c r="C308" t="s">
         <v>315</v>
       </c>
       <c r="D308" t="s">
         <v>97</v>
       </c>
       <c r="E308" t="s">
         <v>98</v>
       </c>
       <c r="F308">
         <v>2009</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>614</v>
       </c>
       <c r="B309" t="s">
         <v>615</v>
       </c>
       <c r="C309" t="s">
         <v>315</v>
       </c>
       <c r="D309" t="s">
         <v>97</v>
       </c>
       <c r="E309" t="s">
         <v>98</v>
       </c>
       <c r="F309">
         <v>2009</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>616</v>
       </c>
       <c r="B310" t="s">
         <v>617</v>
       </c>
       <c r="C310" t="s">
         <v>315</v>
       </c>
       <c r="D310" t="s">
         <v>97</v>
       </c>
       <c r="E310" t="s">
         <v>98</v>
       </c>
       <c r="F310">
         <v>2009</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>618</v>
       </c>
       <c r="B311" t="s">
         <v>619</v>
       </c>
       <c r="C311" t="s">
         <v>315</v>
       </c>
       <c r="D311" t="s">
         <v>97</v>
       </c>
       <c r="E311" t="s">
         <v>98</v>
       </c>
       <c r="F311">
         <v>2009</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>620</v>
       </c>
       <c r="B312" t="s">
         <v>621</v>
       </c>
       <c r="C312" t="s">
         <v>315</v>
       </c>
       <c r="D312" t="s">
         <v>97</v>
       </c>
       <c r="E312" t="s">
         <v>98</v>
       </c>
       <c r="F312">
         <v>2009</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>622</v>
       </c>
       <c r="B313" t="s">
         <v>623</v>
       </c>
       <c r="C313" t="s">
         <v>315</v>
       </c>
       <c r="D313" t="s">
         <v>97</v>
       </c>
       <c r="E313" t="s">
         <v>98</v>
       </c>
       <c r="F313">
         <v>2009</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>624</v>
       </c>
       <c r="B314" t="s">
         <v>625</v>
       </c>
       <c r="C314" t="s">
         <v>315</v>
       </c>
       <c r="D314" t="s">
         <v>97</v>
       </c>
       <c r="E314" t="s">
         <v>98</v>
       </c>
       <c r="F314">
         <v>2009</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>626</v>
       </c>
       <c r="B315" t="s">
         <v>627</v>
       </c>
       <c r="C315" t="s">
         <v>315</v>
       </c>
       <c r="D315" t="s">
         <v>97</v>
       </c>
       <c r="E315" t="s">
         <v>98</v>
       </c>
       <c r="F315">
         <v>2009</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>628</v>
       </c>
       <c r="B316" t="s">
         <v>629</v>
       </c>
       <c r="C316" t="s">
         <v>315</v>
       </c>
       <c r="D316" t="s">
         <v>97</v>
       </c>
       <c r="E316" t="s">
         <v>98</v>
       </c>
       <c r="F316">
         <v>2009</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>630</v>
       </c>
       <c r="B317" t="s">
         <v>631</v>
       </c>
       <c r="C317" t="s">
         <v>315</v>
       </c>
       <c r="D317" t="s">
         <v>97</v>
       </c>
       <c r="E317" t="s">
         <v>98</v>
       </c>
       <c r="F317">
         <v>2009</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>632</v>
       </c>
       <c r="B318" t="s">
         <v>633</v>
       </c>
       <c r="C318" t="s">
         <v>315</v>
       </c>
       <c r="D318" t="s">
         <v>97</v>
       </c>
       <c r="E318" t="s">
         <v>98</v>
       </c>
       <c r="F318">
         <v>2009</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>634</v>
       </c>
       <c r="B319" t="s">
         <v>635</v>
       </c>
       <c r="C319" t="s">
         <v>315</v>
       </c>
       <c r="D319" t="s">
         <v>97</v>
       </c>
       <c r="E319" t="s">
         <v>98</v>
       </c>
       <c r="F319">
         <v>2009</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>636</v>
       </c>
       <c r="B320" t="s">
         <v>637</v>
       </c>
       <c r="C320" t="s">
         <v>315</v>
       </c>
       <c r="D320" t="s">
         <v>97</v>
       </c>
       <c r="E320" t="s">
         <v>98</v>
       </c>
       <c r="F320">
         <v>2009</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>638</v>
       </c>
       <c r="B321" t="s">
         <v>639</v>
       </c>
       <c r="C321" t="s">
         <v>315</v>
       </c>
       <c r="D321" t="s">
         <v>97</v>
       </c>
       <c r="E321" t="s">
         <v>98</v>
       </c>
       <c r="F321">
         <v>2009</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>640</v>
       </c>
       <c r="B322" t="s">
         <v>641</v>
       </c>
       <c r="C322" t="s">
         <v>315</v>
       </c>
       <c r="D322" t="s">
         <v>97</v>
       </c>
       <c r="E322" t="s">
         <v>98</v>
       </c>
       <c r="F322">
         <v>2009</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>642</v>
       </c>
       <c r="B323" t="s">
         <v>643</v>
       </c>
       <c r="C323" t="s">
         <v>315</v>
       </c>
       <c r="D323" t="s">
         <v>97</v>
       </c>
       <c r="E323" t="s">
         <v>98</v>
       </c>
       <c r="F323">
         <v>2009</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>644</v>
       </c>
       <c r="B324" t="s">
         <v>645</v>
       </c>
       <c r="C324" t="s">
         <v>315</v>
       </c>
       <c r="D324" t="s">
         <v>97</v>
       </c>
       <c r="E324" t="s">
         <v>98</v>
       </c>
       <c r="F324">
         <v>2009</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>646</v>
       </c>
       <c r="B325" t="s">
         <v>647</v>
       </c>
       <c r="C325" t="s">
         <v>315</v>
       </c>
       <c r="D325" t="s">
         <v>97</v>
       </c>
       <c r="E325" t="s">
         <v>98</v>
       </c>
       <c r="F325">
         <v>2009</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>648</v>
       </c>
       <c r="B326" t="s">
         <v>649</v>
       </c>
       <c r="C326" t="s">
         <v>315</v>
       </c>
       <c r="D326" t="s">
         <v>97</v>
       </c>
       <c r="E326" t="s">
         <v>98</v>
       </c>
       <c r="F326">
         <v>2009</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>650</v>
       </c>
       <c r="B327" t="s">
         <v>651</v>
       </c>
       <c r="C327" t="s">
         <v>315</v>
       </c>
       <c r="D327" t="s">
         <v>97</v>
       </c>
       <c r="E327" t="s">
         <v>98</v>
       </c>
       <c r="F327">
         <v>2009</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>652</v>
       </c>
       <c r="B328" t="s">
         <v>653</v>
       </c>
       <c r="C328" t="s">
         <v>315</v>
       </c>
       <c r="D328" t="s">
         <v>97</v>
       </c>
       <c r="E328" t="s">
         <v>98</v>
       </c>
       <c r="F328">
         <v>2009</v>
       </c>
       <c r="G328"/>
       <c r="H328" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>654</v>
       </c>
       <c r="B329" t="s">
         <v>655</v>
       </c>
       <c r="C329" t="s">
         <v>315</v>
       </c>
       <c r="D329" t="s">
         <v>97</v>
       </c>
       <c r="E329" t="s">
         <v>98</v>
       </c>
       <c r="F329">
         <v>2009</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>656</v>
       </c>
       <c r="B330" t="s">
         <v>657</v>
       </c>
       <c r="C330" t="s">
         <v>315</v>
       </c>
       <c r="D330" t="s">
         <v>97</v>
       </c>
       <c r="E330" t="s">
         <v>98</v>
       </c>
       <c r="F330">
         <v>2009</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>642</v>
       </c>
       <c r="B331" t="s">
         <v>658</v>
       </c>
       <c r="C331" t="s">
         <v>96</v>
       </c>
       <c r="D331" t="s">
         <v>97</v>
       </c>
       <c r="E331" t="s">
         <v>98</v>
       </c>
       <c r="F331">
         <v>2009</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>659</v>
       </c>
       <c r="B332" t="s">
         <v>660</v>
       </c>
       <c r="C332" t="s">
         <v>315</v>
       </c>
       <c r="D332" t="s">
         <v>97</v>
       </c>
       <c r="E332" t="s">
         <v>98</v>
       </c>
       <c r="F332">
         <v>2009</v>
       </c>
       <c r="G332"/>
       <c r="H332" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>661</v>
       </c>
       <c r="B333" t="s">
         <v>662</v>
       </c>
       <c r="C333" t="s">
         <v>315</v>
       </c>
       <c r="D333" t="s">
         <v>97</v>
       </c>
       <c r="E333" t="s">
         <v>98</v>
       </c>
       <c r="F333">
         <v>2009</v>
       </c>
       <c r="G333"/>
       <c r="H333" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>663</v>
       </c>
       <c r="B334" t="s">
         <v>664</v>
       </c>
       <c r="C334" t="s">
         <v>315</v>
       </c>
       <c r="D334" t="s">
         <v>97</v>
       </c>
       <c r="E334" t="s">
         <v>98</v>
       </c>
       <c r="F334">
         <v>2009</v>
       </c>
       <c r="G334"/>
       <c r="H334" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>665</v>
       </c>
       <c r="B335" t="s">
         <v>666</v>
       </c>
       <c r="C335" t="s">
         <v>315</v>
       </c>
       <c r="D335" t="s">
         <v>97</v>
       </c>
       <c r="E335" t="s">
         <v>98</v>
       </c>
       <c r="F335">
         <v>2009</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>667</v>
       </c>
       <c r="B336" t="s">
         <v>668</v>
       </c>
       <c r="C336" t="s">
         <v>315</v>
       </c>
       <c r="D336" t="s">
         <v>97</v>
       </c>
       <c r="E336" t="s">
         <v>98</v>
       </c>
       <c r="F336">
         <v>2009</v>
       </c>
       <c r="G336"/>
       <c r="H336" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>669</v>
       </c>
       <c r="B337" t="s">
         <v>670</v>
       </c>
       <c r="C337" t="s">
         <v>315</v>
       </c>
       <c r="D337" t="s">
         <v>97</v>
       </c>
       <c r="E337" t="s">
         <v>98</v>
       </c>
       <c r="F337">
         <v>2009</v>
       </c>
       <c r="G337"/>
       <c r="H337" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>671</v>
       </c>
       <c r="B338" t="s">
         <v>672</v>
       </c>
       <c r="C338" t="s">
         <v>315</v>
       </c>
       <c r="D338" t="s">
         <v>97</v>
       </c>
       <c r="E338" t="s">
         <v>98</v>
       </c>
       <c r="F338">
         <v>2009</v>
       </c>
       <c r="G338"/>
       <c r="H338" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>673</v>
       </c>
       <c r="B339" t="s">
         <v>674</v>
       </c>
       <c r="C339" t="s">
         <v>315</v>
       </c>
       <c r="D339" t="s">
         <v>97</v>
       </c>
       <c r="E339" t="s">
         <v>98</v>
       </c>
       <c r="F339">
         <v>2009</v>
       </c>
       <c r="G339"/>
       <c r="H339" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>675</v>
       </c>
       <c r="B340" t="s">
         <v>676</v>
       </c>
       <c r="C340" t="s">
         <v>315</v>
       </c>
       <c r="D340" t="s">
         <v>97</v>
       </c>
       <c r="E340" t="s">
         <v>98</v>
       </c>
       <c r="F340">
         <v>2009</v>
       </c>
       <c r="G340"/>
       <c r="H340" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>677</v>
       </c>
       <c r="B341" t="s">
         <v>678</v>
       </c>
       <c r="C341" t="s">
         <v>315</v>
       </c>
       <c r="D341" t="s">
         <v>97</v>
       </c>
       <c r="E341" t="s">
         <v>98</v>
       </c>
       <c r="F341">
         <v>2009</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>679</v>
       </c>
       <c r="B342" t="s">
         <v>680</v>
       </c>
       <c r="C342" t="s">
         <v>315</v>
       </c>
       <c r="D342" t="s">
         <v>97</v>
       </c>
       <c r="E342" t="s">
         <v>98</v>
       </c>
       <c r="F342">
         <v>2009</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>681</v>
       </c>
       <c r="B343" t="s">
         <v>682</v>
       </c>
       <c r="C343" t="s">
         <v>315</v>
       </c>
       <c r="D343" t="s">
         <v>97</v>
       </c>
       <c r="E343" t="s">
         <v>98</v>
       </c>
       <c r="F343">
         <v>2009</v>
       </c>
       <c r="G343"/>
       <c r="H343" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>683</v>
       </c>
       <c r="B344" t="s">
         <v>684</v>
       </c>
       <c r="C344" t="s">
         <v>315</v>
       </c>
       <c r="D344" t="s">
         <v>97</v>
       </c>
       <c r="E344" t="s">
         <v>98</v>
       </c>
       <c r="F344">
         <v>2009</v>
       </c>
       <c r="G344"/>
       <c r="H344" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>685</v>
       </c>
       <c r="B345" t="s">
         <v>686</v>
       </c>
       <c r="C345" t="s">
         <v>315</v>
       </c>
       <c r="D345" t="s">
         <v>97</v>
       </c>
       <c r="E345" t="s">
         <v>98</v>
       </c>
       <c r="F345">
         <v>2009</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>687</v>
       </c>
       <c r="B346" t="s">
         <v>688</v>
       </c>
       <c r="C346" t="s">
         <v>315</v>
       </c>
       <c r="D346" t="s">
         <v>97</v>
       </c>
       <c r="E346" t="s">
         <v>98</v>
       </c>
       <c r="F346">
         <v>2009</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>689</v>
       </c>
       <c r="B347" t="s">
         <v>690</v>
       </c>
       <c r="C347" t="s">
         <v>315</v>
       </c>
       <c r="D347" t="s">
         <v>97</v>
       </c>
       <c r="E347" t="s">
         <v>98</v>
       </c>
       <c r="F347">
         <v>2009</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>691</v>
       </c>
       <c r="B348" t="s">
         <v>692</v>
       </c>
       <c r="C348" t="s">
         <v>315</v>
       </c>
       <c r="D348" t="s">
         <v>97</v>
       </c>
       <c r="E348" t="s">
         <v>98</v>
       </c>
       <c r="F348">
         <v>2009</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>693</v>
       </c>
       <c r="B349" t="s">
         <v>694</v>
       </c>
       <c r="C349" t="s">
         <v>315</v>
       </c>
       <c r="D349" t="s">
         <v>97</v>
       </c>
       <c r="E349" t="s">
         <v>98</v>
       </c>
       <c r="F349">
         <v>2009</v>
       </c>
       <c r="G349"/>
       <c r="H349" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>695</v>
       </c>
       <c r="B350" t="s">
         <v>696</v>
       </c>
       <c r="C350" t="s">
         <v>315</v>
       </c>
       <c r="D350" t="s">
         <v>97</v>
       </c>
       <c r="E350" t="s">
         <v>98</v>
       </c>
       <c r="F350">
         <v>2009</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>697</v>
       </c>
       <c r="B351" t="s">
         <v>698</v>
       </c>
       <c r="C351" t="s">
         <v>315</v>
       </c>
       <c r="D351" t="s">
         <v>97</v>
       </c>
       <c r="E351" t="s">
         <v>98</v>
       </c>
       <c r="F351">
         <v>2009</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>699</v>
       </c>
       <c r="B352" t="s">
         <v>700</v>
       </c>
       <c r="C352" t="s">
         <v>315</v>
       </c>
       <c r="D352" t="s">
         <v>97</v>
       </c>
       <c r="E352" t="s">
         <v>98</v>
       </c>
       <c r="F352">
         <v>2009</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>701</v>
       </c>
       <c r="B353" t="s">
         <v>702</v>
       </c>
       <c r="C353" t="s">
         <v>315</v>
       </c>
       <c r="D353" t="s">
         <v>97</v>
       </c>
       <c r="E353" t="s">
         <v>98</v>
       </c>
       <c r="F353">
         <v>2009</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>703</v>
       </c>
       <c r="B354" t="s">
         <v>704</v>
       </c>
       <c r="C354" t="s">
         <v>315</v>
       </c>
       <c r="D354" t="s">
         <v>97</v>
       </c>
       <c r="E354" t="s">
         <v>98</v>
       </c>
       <c r="F354">
         <v>2009</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>705</v>
       </c>
       <c r="B355" t="s">
         <v>706</v>
       </c>
       <c r="C355" t="s">
         <v>315</v>
       </c>
       <c r="D355" t="s">
         <v>97</v>
       </c>
       <c r="E355" t="s">
         <v>98</v>
       </c>
       <c r="F355">
         <v>2009</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>707</v>
       </c>
       <c r="B356" t="s">
         <v>708</v>
       </c>
       <c r="C356" t="s">
         <v>315</v>
       </c>
       <c r="D356" t="s">
         <v>97</v>
       </c>
       <c r="E356" t="s">
         <v>98</v>
       </c>
       <c r="F356">
         <v>2009</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>709</v>
       </c>
       <c r="B357" t="s">
         <v>710</v>
       </c>
       <c r="C357" t="s">
         <v>315</v>
       </c>
       <c r="D357" t="s">
         <v>97</v>
       </c>
       <c r="E357" t="s">
         <v>98</v>
       </c>
       <c r="F357">
         <v>2009</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>711</v>
       </c>
       <c r="B358" t="s">
         <v>712</v>
       </c>
       <c r="C358" t="s">
         <v>315</v>
       </c>
       <c r="D358" t="s">
         <v>97</v>
       </c>
       <c r="E358" t="s">
         <v>98</v>
       </c>
       <c r="F358">
         <v>2009</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>713</v>
       </c>
       <c r="B359" t="s">
         <v>714</v>
       </c>
       <c r="C359" t="s">
         <v>315</v>
       </c>
       <c r="D359" t="s">
         <v>97</v>
       </c>
       <c r="E359" t="s">
         <v>98</v>
       </c>
       <c r="F359">
         <v>2009</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>715</v>
       </c>
       <c r="B360" t="s">
         <v>716</v>
       </c>
       <c r="C360" t="s">
         <v>315</v>
       </c>
       <c r="D360" t="s">
         <v>97</v>
       </c>
       <c r="E360" t="s">
         <v>98</v>
       </c>
       <c r="F360">
         <v>2009</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>717</v>
       </c>
       <c r="B361" t="s">
         <v>718</v>
       </c>
       <c r="C361" t="s">
         <v>315</v>
       </c>
       <c r="D361" t="s">
         <v>97</v>
       </c>
       <c r="E361" t="s">
         <v>98</v>
       </c>
       <c r="F361">
         <v>2009</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>719</v>
       </c>
       <c r="B362" t="s">
         <v>720</v>
       </c>
       <c r="C362" t="s">
         <v>315</v>
       </c>
       <c r="D362" t="s">
         <v>97</v>
       </c>
       <c r="E362" t="s">
         <v>98</v>
       </c>
       <c r="F362">
         <v>2009</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>721</v>
       </c>
       <c r="B363" t="s">
         <v>722</v>
       </c>
       <c r="C363" t="s">
         <v>315</v>
       </c>
       <c r="D363" t="s">
         <v>97</v>
       </c>
       <c r="E363" t="s">
         <v>98</v>
       </c>
       <c r="F363">
         <v>2009</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>723</v>
       </c>
       <c r="B364" t="s">
         <v>724</v>
       </c>
       <c r="C364" t="s">
         <v>315</v>
       </c>
       <c r="D364" t="s">
         <v>97</v>
       </c>
       <c r="E364" t="s">
         <v>98</v>
       </c>
       <c r="F364">
         <v>2009</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>725</v>
       </c>
       <c r="B365" t="s">
         <v>726</v>
       </c>
       <c r="C365" t="s">
         <v>315</v>
       </c>
       <c r="D365" t="s">
         <v>97</v>
       </c>
       <c r="E365" t="s">
         <v>98</v>
       </c>
       <c r="F365">
         <v>2009</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>727</v>
       </c>
       <c r="B366" t="s">
         <v>728</v>
       </c>
       <c r="C366" t="s">
         <v>315</v>
       </c>
       <c r="D366" t="s">
         <v>97</v>
       </c>
       <c r="E366" t="s">
         <v>98</v>
       </c>
       <c r="F366">
         <v>2009</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>729</v>
       </c>
       <c r="B367" t="s">
         <v>730</v>
       </c>
       <c r="C367" t="s">
         <v>315</v>
       </c>
       <c r="D367" t="s">
         <v>97</v>
       </c>
       <c r="E367" t="s">
         <v>98</v>
       </c>
       <c r="F367">
         <v>2009</v>
       </c>
       <c r="G367"/>
       <c r="H367" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>731</v>
       </c>
       <c r="B368" t="s">
         <v>732</v>
       </c>
       <c r="C368" t="s">
         <v>315</v>
       </c>
       <c r="D368" t="s">
         <v>97</v>
       </c>
       <c r="E368" t="s">
         <v>98</v>
       </c>
       <c r="F368">
         <v>2009</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>733</v>
       </c>
       <c r="B369" t="s">
         <v>734</v>
       </c>
       <c r="C369" t="s">
         <v>315</v>
       </c>
       <c r="D369" t="s">
         <v>97</v>
       </c>
       <c r="E369" t="s">
         <v>98</v>
       </c>
       <c r="F369">
         <v>2009</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>735</v>
       </c>
       <c r="B370" t="s">
         <v>736</v>
       </c>
       <c r="C370" t="s">
         <v>315</v>
       </c>
       <c r="D370" t="s">
         <v>97</v>
       </c>
       <c r="E370" t="s">
         <v>98</v>
       </c>
       <c r="F370">
         <v>2009</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>737</v>
       </c>
       <c r="B371" t="s">
         <v>738</v>
       </c>
       <c r="C371" t="s">
         <v>315</v>
       </c>
       <c r="D371" t="s">
         <v>97</v>
       </c>
       <c r="E371" t="s">
         <v>98</v>
       </c>
       <c r="F371">
         <v>2009</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>739</v>
       </c>
       <c r="B372" t="s">
         <v>740</v>
       </c>
       <c r="C372" t="s">
         <v>315</v>
       </c>
       <c r="D372" t="s">
         <v>97</v>
       </c>
       <c r="E372" t="s">
         <v>98</v>
       </c>
       <c r="F372">
         <v>2009</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>741</v>
       </c>
       <c r="B373" t="s">
         <v>742</v>
       </c>
       <c r="C373" t="s">
         <v>315</v>
       </c>
       <c r="D373" t="s">
         <v>97</v>
       </c>
       <c r="E373" t="s">
         <v>98</v>
       </c>
       <c r="F373">
         <v>2009</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>743</v>
       </c>
       <c r="B374" t="s">
         <v>744</v>
       </c>
       <c r="C374" t="s">
         <v>315</v>
       </c>
       <c r="D374" t="s">
         <v>97</v>
       </c>
       <c r="E374" t="s">
         <v>98</v>
       </c>
       <c r="F374">
         <v>2009</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>745</v>
       </c>
       <c r="B375" t="s">
         <v>746</v>
       </c>
       <c r="C375" t="s">
         <v>315</v>
       </c>
       <c r="D375" t="s">
         <v>97</v>
       </c>
       <c r="E375" t="s">
         <v>98</v>
       </c>
       <c r="F375">
         <v>2009</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>747</v>
       </c>
       <c r="B376" t="s">
         <v>748</v>
       </c>
       <c r="C376" t="s">
         <v>315</v>
       </c>
       <c r="D376" t="s">
         <v>97</v>
       </c>
       <c r="E376" t="s">
         <v>98</v>
       </c>
       <c r="F376">
         <v>2009</v>
       </c>
       <c r="G376"/>
       <c r="H376"/>
     </row>
     <row r="377" spans="1:8">