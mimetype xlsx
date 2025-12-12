--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -4109,75 +4109,75 @@
       <c r="H76" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>181</v>
       </c>
       <c r="B77" t="s">
         <v>182</v>
       </c>
       <c r="C77" t="s">
         <v>85</v>
       </c>
       <c r="D77" t="s">
         <v>46</v>
       </c>
       <c r="E77" t="s">
         <v>34</v>
       </c>
       <c r="F77">
         <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>181</v>
       </c>
       <c r="B78" t="s">
         <v>182</v>
       </c>
       <c r="C78" t="s">
         <v>85</v>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>183</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>184</v>
       </c>
       <c r="B79" t="s">
         <v>116</v>
       </c>
       <c r="C79" t="s">
         <v>45</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>183</v>
       </c>
@@ -5823,99 +5823,99 @@
       <c r="H148" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>324</v>
       </c>
       <c r="B149" t="s">
         <v>234</v>
       </c>
       <c r="C149" t="s">
         <v>85</v>
       </c>
       <c r="D149" t="s">
         <v>46</v>
       </c>
       <c r="E149" t="s">
         <v>34</v>
       </c>
       <c r="F149">
         <v>2009</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>324</v>
       </c>
       <c r="B150" t="s">
         <v>234</v>
       </c>
       <c r="C150" t="s">
         <v>85</v>
       </c>
       <c r="D150" t="s">
         <v>46</v>
       </c>
       <c r="E150" t="s">
         <v>34</v>
       </c>
       <c r="F150">
         <v>2009</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>324</v>
       </c>
       <c r="B151" t="s">
         <v>234</v>
       </c>
       <c r="C151" t="s">
         <v>85</v>
       </c>
       <c r="D151" t="s">
         <v>46</v>
       </c>
       <c r="E151" t="s">
         <v>34</v>
       </c>
       <c r="F151">
         <v>2009</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>325</v>
       </c>
       <c r="B152" t="s">
         <v>326</v>
       </c>
       <c r="C152" t="s">
         <v>327</v>
       </c>
       <c r="D152" t="s">
         <v>46</v>
       </c>
       <c r="E152" t="s">
         <v>34</v>
       </c>
       <c r="F152">
         <v>2009</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>10</v>
       </c>