--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -5489,99 +5489,99 @@
       <c r="H136" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>307</v>
       </c>
       <c r="B137" t="s">
         <v>212</v>
       </c>
       <c r="C137" t="s">
         <v>40</v>
       </c>
       <c r="D137" t="s">
         <v>41</v>
       </c>
       <c r="E137" t="s">
         <v>42</v>
       </c>
       <c r="F137">
         <v>2009</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>307</v>
       </c>
       <c r="B138" t="s">
         <v>212</v>
       </c>
       <c r="C138" t="s">
         <v>40</v>
       </c>
       <c r="D138" t="s">
         <v>41</v>
       </c>
       <c r="E138" t="s">
         <v>42</v>
       </c>
       <c r="F138">
         <v>2009</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
-        <v>308</v>
+        <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>307</v>
       </c>
       <c r="B139" t="s">
         <v>212</v>
       </c>
       <c r="C139" t="s">
         <v>40</v>
       </c>
       <c r="D139" t="s">
         <v>41</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139">
         <v>2009</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>86</v>
+        <v>308</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>309</v>
       </c>
       <c r="B140" t="s">
         <v>310</v>
       </c>
       <c r="C140" t="s">
         <v>79</v>
       </c>
       <c r="D140" t="s">
         <v>41</v>
       </c>
       <c r="E140" t="s">
         <v>42</v>
       </c>
       <c r="F140">
         <v>2009</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>26</v>
       </c>