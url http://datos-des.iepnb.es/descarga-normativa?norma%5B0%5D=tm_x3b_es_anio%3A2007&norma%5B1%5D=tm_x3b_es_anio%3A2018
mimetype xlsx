--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -200,50 +200,56 @@
   <si>
     <t>Decreto 72/2018, de 15 de mayo, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Valderejo, y se Ordena la publicación íntegra del documento de directrices y medidas de gestión del espacio Red Natura 2000 ZEC/ZEPA Valderejo-Sobrón-Sierra de Arcena y III Plan Rector de Uso y Gestión del Parque Natural de Valderejo. BOPV 98, de 23/05/2018</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2018/05/1802719a.pdf</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Decreto 73/2018, de 15 de mayo, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Izki, y se Ordena la publicación íntegra del Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial de Conservación (ZEC) y Zona Especial de Protección para las Aves (ZEPA) Izki ES2110019. BOPV 106 de 4 de junio de 2018</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2018/06/1802901a.shtml</t>
   </si>
   <si>
     <t>Orden de 15 de noviembre de 2018, por la que se aprueban las propuestas de ampliación del LIC Los alcornocales (ES0000049), de adecuación de los límites del LIC Ríos Guadiaro y Hozgarganta (ES6120031), del LIC Fondos Marinos Marismas del Río Palmones  y del Lugar de Importancia Comunitaria Ramblas de Gérgal, Tabernas y Sur de Sierra alhamilla (ES6110006) y de cambio de denominación del Lugar de Importancia Comunitaria Sierra de Castell de Ferro (ES6140011)</t>
   </si>
   <si>
     <t>Resolución TES/2983/2018, de 3 de diciembre, por la que se da publicidad a la parte dispositiva de la sentencia del Tribunal Superior de Justicia de Cataluña, Sala de lo Contencioso Administrativo, Sección Tercera, de 13 de marzo de 2017, dictada en el recurso contencioso núm. 224/2013. DOGC 7771 de 19/12/2018</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=837147</t>
   </si>
   <si>
+    <t>Decreto 76/2018, de 6 de septiembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Marismas de Santoña, Victoria y Joyel</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/boletines.do?boton=siguiente&amp;id=22676</t>
+  </si>
+  <si>
     <t>Resolución por la que procede la publicación de la sentencia número 20/2018, de 26 de enero de 2018, recaída en el procedimiento ordinario número 279/2016, interpuesto contra el Decreto 63/2016, de 29 de septiembre. BOC 193 de 2 de octubre de 2018</t>
   </si>
   <si>
     <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=331028</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Decreto 185/2018, de 23 de octubre, del Gobierno de Aragón, por el que se modifica parcialmente el Decreto 300/2015, de 4 de noviembre, por el que se establece un régimen de protección para el urogallo y se aprueba su Plan de conservación del hábitat.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1045143102828</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Orden de 3 de agosto de 2018 por la que se aprueba el plan de recuperación del desmán ibérico (Galemys pyrenaicus) en Extremadura</t>
   </si>
   <si>
     <t>http://doe.juntaex.es/pdfs/doe/2018/1580o/18050393.pdf</t>
   </si>
   <si>
     <t>Decreto 25/2018, de 27 de julio, sobre la conservación de la Posidonia oceánica en las Illes Balears (BOIB nº. 93 de 28 de julio de 2018)</t>
@@ -783,50 +789,56 @@
     <t>https://dogv.gva.es/datos/2007/05/30/pdf/2007_7026.pdf</t>
   </si>
   <si>
     <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
   </si>
   <si>
     <t>se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia... BON  9,</t>
   </si>
   <si>
     <t>http://www.navarra.es/home_es/Actualidad/BON/Boletines/2007/9/Anuncio-24/</t>
   </si>
   <si>
     <t>Orden APA/961/2007, de 3 de abril, que establece una reserva marina de interés pesquero en Levante de Mallorca-Cala Rajada, a levante de la isla de Mallorca, y define su delimitación, zonas y usos permitidos</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2007/04/03/apa961</t>
   </si>
   <si>
     <t>Reseña de la Resolución de 10 de enero de 2007 del conseller de Territorio y Vivienda, por la que se aprueba definitivamente el Plan especial de protección del Paraje Natural Parpalló-Borrell de Gandia. DOGV 5514 de 17/05/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/05/17/pdf/2007_5945.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 8 de marzo, por el que se regulan la composición y funcionamiento de los Patronatos de los Parques Naturales de la Red de Espacios Naturales Protegidos de Cantabria.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113127</t>
   </si>
   <si>
     <t>Plan de gestión de las Zonas de Especial Protección para las Aves de ambientes esteparios, según el artículo 41 de la Ley 42/2007</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199633</t>
   </si>
   <si>
     <t>Decreto 314/2007, de 27-12-2007,  Consejo de Gobierno, por el que se designan 2 zonas de especial protección para las aves mediante su declaración como zonas sensibles. DOCM 272, de 31 de diciembre de 2007.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/12/31&amp;idDisposicion=123062369096850686</t>
   </si>
   <si>
     <t>Decreto 92/2007, de 8 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Tajinaste Azul de La Gomera (Echium acanthocarpum). (BO Canarias nº 103, 23.05.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/103/boc-2007-103-009.pdf</t>
   </si>
   <si>
     <t>Orden Foral 340/2007, de 18 de abril por la que se aprueba el Plan de Gestión del pez "Lamprehuela" (Cobitis calderoni), como especie en peligro de extinción y cuya protección exige medidas específicas. (BOTHA nº 57, 11.05.2007) (Álava)</t>
   </si>
   <si>
     <t>http://www.araba.eus/botha/Boletines/2007/057/2007_057_03015.pdf</t>
   </si>
@@ -1190,51 +1202,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H120"/>
+  <dimension ref="A1:H122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="587.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1691,531 +1703,527 @@
       </c>
       <c r="C20" t="s">
         <v>19</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
       <c r="F20">
         <v>2018</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C21"/>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>16</v>
       </c>
       <c r="F21">
         <v>2018</v>
       </c>
       <c r="G21"/>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
         <v>65</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2018</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
         <v>68</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>16</v>
       </c>
       <c r="F23">
         <v>2018</v>
       </c>
       <c r="G23"/>
-      <c r="H23"/>
+      <c r="H23" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>16</v>
       </c>
       <c r="F24">
         <v>2018</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>72</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>16</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>16</v>
       </c>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>76</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>19</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>16</v>
       </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
-      <c r="C28"/>
+      <c r="C28" t="s">
+        <v>19</v>
+      </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="F28">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29"/>
+      <c r="D29" t="s">
         <v>82</v>
       </c>
-      <c r="B29" t="s">
+      <c r="E29" t="s">
         <v>83</v>
-      </c>
-[...3 lines deleted...]
-        <v>10</v>
       </c>
       <c r="F29">
         <v>2007</v>
       </c>
       <c r="G29" t="s">
         <v>41</v>
       </c>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>84</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30"/>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
       <c r="E30" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="F30">
         <v>2007</v>
       </c>
       <c r="G30" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E31" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F31">
         <v>2007</v>
       </c>
-      <c r="G31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G31" t="s">
+        <v>11</v>
+      </c>
+      <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="E32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F32">
         <v>2007</v>
       </c>
-      <c r="G32" t="s">
-[...2 lines deleted...]
-      <c r="H32"/>
+      <c r="G32"/>
+      <c r="H32" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>93</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E33" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F33">
         <v>2007</v>
       </c>
-      <c r="G33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G33" t="s">
+        <v>11</v>
+      </c>
+      <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>95</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E34" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F34">
         <v>2007</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>97</v>
+      </c>
+      <c r="B35" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F35">
         <v>2007</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>100</v>
+      </c>
+      <c r="B36" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E36" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F36">
         <v>2007</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>103</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E37" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F37">
         <v>2007</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>105</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E38" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F38">
         <v>2007</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>107</v>
       </c>
       <c r="B39" t="s">
         <v>108</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F39">
         <v>2007</v>
       </c>
       <c r="G39"/>
-      <c r="H39"/>
+      <c r="H39" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>109</v>
       </c>
       <c r="B40" t="s">
         <v>110</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C40"/>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="E40" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="F40">
         <v>2007</v>
       </c>
       <c r="G40"/>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>111</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>23</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>16</v>
       </c>
       <c r="F41">
         <v>2007</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>113</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" t="s">
         <v>23</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
         <v>16</v>
       </c>
       <c r="F42">
         <v>2007</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>115</v>
       </c>
       <c r="B43" t="s">
         <v>116</v>
       </c>
       <c r="C43" t="s">
         <v>23</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43">
         <v>2007</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>53</v>
       </c>
@@ -2230,572 +2238,572 @@
       <c r="C44" t="s">
         <v>23</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44">
         <v>2007</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>119</v>
       </c>
       <c r="B45" t="s">
         <v>120</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
         <v>16</v>
       </c>
       <c r="F45">
         <v>2007</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>121</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
         <v>16</v>
       </c>
       <c r="F46">
         <v>2007</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>123</v>
       </c>
       <c r="B47" t="s">
         <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
         <v>16</v>
       </c>
       <c r="F47">
         <v>2007</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>125</v>
       </c>
       <c r="B48" t="s">
         <v>126</v>
       </c>
       <c r="C48" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
         <v>16</v>
       </c>
       <c r="F48">
         <v>2007</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>127</v>
       </c>
       <c r="B49" t="s">
         <v>128</v>
       </c>
       <c r="C49" t="s">
         <v>23</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
         <v>16</v>
       </c>
       <c r="F49">
         <v>2007</v>
       </c>
-      <c r="G49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G49"/>
       <c r="H49" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>129</v>
+      </c>
+      <c r="B50" t="s">
         <v>130</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
+        <v>23</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>16</v>
+      </c>
+      <c r="F50">
+        <v>2007</v>
+      </c>
+      <c r="G50" t="s">
         <v>131</v>
       </c>
-      <c r="C50" t="s">
-[...11 lines deleted...]
-      <c r="G50"/>
       <c r="H50" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>132</v>
+      </c>
+      <c r="B51" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C51" t="s">
         <v>19</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
         <v>16</v>
       </c>
       <c r="F51">
         <v>2007</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>135</v>
       </c>
       <c r="B52" t="s">
         <v>136</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>16</v>
       </c>
       <c r="F52">
         <v>2007</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>137</v>
       </c>
       <c r="B53" t="s">
         <v>138</v>
       </c>
       <c r="C53" t="s">
         <v>23</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
         <v>16</v>
       </c>
       <c r="F53">
         <v>2007</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>139</v>
+      </c>
+      <c r="B54" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C54" t="s">
         <v>23</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
         <v>16</v>
       </c>
       <c r="F54">
         <v>2007</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>142</v>
       </c>
       <c r="B55" t="s">
         <v>143</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
         <v>16</v>
       </c>
       <c r="F55">
         <v>2007</v>
       </c>
-      <c r="G55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G55"/>
       <c r="H55" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>144</v>
       </c>
       <c r="B56" t="s">
         <v>145</v>
       </c>
       <c r="C56" t="s">
-        <v>146</v>
+        <v>27</v>
       </c>
       <c r="D56" t="s">
-        <v>147</v>
+        <v>20</v>
       </c>
       <c r="E56" t="s">
         <v>16</v>
       </c>
       <c r="F56">
         <v>2007</v>
       </c>
-      <c r="G56"/>
+      <c r="G56" t="s">
+        <v>131</v>
+      </c>
       <c r="H56" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>146</v>
+      </c>
+      <c r="B57" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" t="s">
         <v>148</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E57" t="s">
         <v>16</v>
       </c>
       <c r="F57">
         <v>2007</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" t="s">
         <v>151</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
         <v>16</v>
       </c>
       <c r="F58">
         <v>2007</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>153</v>
       </c>
       <c r="B59" t="s">
         <v>154</v>
       </c>
       <c r="C59" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
         <v>16</v>
       </c>
       <c r="F59">
         <v>2007</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>155</v>
       </c>
       <c r="B60" t="s">
         <v>156</v>
       </c>
       <c r="C60" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
         <v>16</v>
       </c>
       <c r="F60">
         <v>2007</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>157</v>
       </c>
       <c r="B61" t="s">
         <v>158</v>
       </c>
       <c r="C61" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
         <v>16</v>
       </c>
       <c r="F61">
         <v>2007</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>159</v>
+      </c>
+      <c r="B62" t="s">
         <v>160</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
         <v>16</v>
       </c>
       <c r="F62">
         <v>2007</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="B63" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C63" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
         <v>16</v>
       </c>
       <c r="F63">
         <v>2007</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="B64" t="s">
         <v>164</v>
       </c>
       <c r="C64" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
         <v>16</v>
       </c>
       <c r="F64">
         <v>2007</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>165</v>
       </c>
       <c r="B65" t="s">
         <v>166</v>
       </c>
       <c r="C65" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
         <v>16</v>
       </c>
       <c r="F65">
         <v>2007</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>167</v>
       </c>
       <c r="B66" t="s">
         <v>168</v>
       </c>
       <c r="C66" t="s">
         <v>23</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
         <v>16</v>
       </c>
       <c r="F66">
         <v>2007</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>169</v>
       </c>
       <c r="B67" t="s">
         <v>170</v>
       </c>
       <c r="C67" t="s">
         <v>23</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
         <v>16</v>
       </c>
       <c r="F67">
         <v>2007</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>24</v>
       </c>
@@ -2858,51 +2866,51 @@
       <c r="C70" t="s">
         <v>23</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
         <v>16</v>
       </c>
       <c r="F70">
         <v>2007</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>177</v>
       </c>
       <c r="B71" t="s">
         <v>178</v>
       </c>
       <c r="C71" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
         <v>16</v>
       </c>
       <c r="F71">
         <v>2007</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>179</v>
       </c>
       <c r="B72" t="s">
         <v>180</v>
       </c>
       <c r="C72" t="s">
         <v>19</v>
       </c>
@@ -3050,328 +3058,328 @@
       <c r="C78" t="s">
         <v>19</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
         <v>16</v>
       </c>
       <c r="F78">
         <v>2007</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>193</v>
       </c>
       <c r="B79" t="s">
         <v>194</v>
       </c>
       <c r="C79" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
         <v>16</v>
       </c>
       <c r="F79">
         <v>2007</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>195</v>
       </c>
       <c r="B80" t="s">
         <v>196</v>
       </c>
       <c r="C80" t="s">
         <v>23</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
         <v>16</v>
       </c>
       <c r="F80">
         <v>2007</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>197</v>
+      </c>
+      <c r="B81" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C81" t="s">
         <v>23</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
         <v>16</v>
       </c>
       <c r="F81">
         <v>2007</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>200</v>
       </c>
       <c r="B82" t="s">
         <v>201</v>
       </c>
       <c r="C82" t="s">
         <v>23</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
         <v>16</v>
       </c>
       <c r="F82">
         <v>2007</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>97</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>202</v>
       </c>
       <c r="B83" t="s">
         <v>203</v>
       </c>
       <c r="C83" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
         <v>16</v>
       </c>
       <c r="F83">
         <v>2007</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>204</v>
+      </c>
+      <c r="B84" t="s">
         <v>205</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
         <v>16</v>
       </c>
       <c r="F84">
         <v>2007</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>207</v>
       </c>
       <c r="B85" t="s">
         <v>208</v>
       </c>
       <c r="C85" t="s">
         <v>23</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
         <v>16</v>
       </c>
       <c r="F85">
         <v>2007</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>53</v>
+        <v>134</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>209</v>
       </c>
       <c r="B86" t="s">
         <v>210</v>
       </c>
       <c r="C86" t="s">
         <v>23</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
         <v>16</v>
       </c>
       <c r="F86">
         <v>2007</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>133</v>
+        <v>211</v>
       </c>
       <c r="B87" t="s">
-        <v>134</v>
+        <v>212</v>
       </c>
       <c r="C87" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
         <v>16</v>
       </c>
       <c r="F87">
         <v>2007</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>211</v>
+        <v>135</v>
       </c>
       <c r="B88" t="s">
-        <v>212</v>
+        <v>136</v>
       </c>
       <c r="C88" t="s">
-        <v>213</v>
+        <v>19</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
         <v>16</v>
       </c>
       <c r="F88">
         <v>2007</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>67</v>
+        <v>134</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>213</v>
+      </c>
+      <c r="B89" t="s">
         <v>214</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
         <v>16</v>
       </c>
       <c r="F89">
         <v>2007</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>216</v>
       </c>
       <c r="B90" t="s">
         <v>217</v>
       </c>
       <c r="C90" t="s">
         <v>23</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
         <v>16</v>
       </c>
       <c r="F90">
         <v>2007</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>218</v>
       </c>
       <c r="B91" t="s">
         <v>219</v>
       </c>
       <c r="C91" t="s">
         <v>23</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
         <v>16</v>
       </c>
       <c r="F91">
         <v>2007</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>53</v>
       </c>
@@ -3447,646 +3455,690 @@
       <c r="H94" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>226</v>
       </c>
       <c r="B95" t="s">
         <v>227</v>
       </c>
       <c r="C95" t="s">
         <v>23</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
         <v>16</v>
       </c>
       <c r="F95">
         <v>2007</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>228</v>
       </c>
       <c r="B96" t="s">
         <v>229</v>
       </c>
       <c r="C96" t="s">
         <v>23</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
         <v>16</v>
       </c>
       <c r="F96">
         <v>2007</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>197</v>
+        <v>134</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>230</v>
       </c>
       <c r="B97" t="s">
         <v>231</v>
       </c>
       <c r="C97" t="s">
         <v>23</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
         <v>16</v>
       </c>
       <c r="F97">
         <v>2007</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>232</v>
+        <v>199</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>232</v>
+      </c>
+      <c r="B98" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C98" t="s">
         <v>23</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
         <v>16</v>
       </c>
       <c r="F98">
         <v>2007</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>235</v>
       </c>
       <c r="B99" t="s">
         <v>236</v>
       </c>
       <c r="C99" t="s">
         <v>23</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
         <v>16</v>
       </c>
       <c r="F99">
         <v>2007</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>237</v>
       </c>
       <c r="B100" t="s">
         <v>238</v>
       </c>
       <c r="C100" t="s">
         <v>23</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
         <v>16</v>
       </c>
       <c r="F100">
         <v>2007</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>239</v>
       </c>
       <c r="B101" t="s">
         <v>240</v>
       </c>
       <c r="C101" t="s">
         <v>23</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
         <v>16</v>
       </c>
       <c r="F101">
         <v>2007</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>241</v>
       </c>
       <c r="B102" t="s">
         <v>242</v>
       </c>
       <c r="C102" t="s">
         <v>23</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
         <v>16</v>
       </c>
       <c r="F102">
         <v>2007</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>232</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>243</v>
       </c>
       <c r="B103" t="s">
         <v>244</v>
       </c>
       <c r="C103" t="s">
         <v>23</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
         <v>16</v>
       </c>
       <c r="F103">
         <v>2007</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>245</v>
       </c>
       <c r="B104" t="s">
         <v>246</v>
       </c>
       <c r="C104" t="s">
         <v>23</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
         <v>16</v>
       </c>
       <c r="F104">
         <v>2007</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>247</v>
       </c>
       <c r="B105" t="s">
         <v>248</v>
       </c>
       <c r="C105" t="s">
         <v>23</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
         <v>16</v>
       </c>
       <c r="F105">
         <v>2007</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>249</v>
       </c>
       <c r="B106" t="s">
         <v>250</v>
       </c>
       <c r="C106" t="s">
         <v>23</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
         <v>16</v>
       </c>
       <c r="F106">
         <v>2007</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>251</v>
       </c>
       <c r="B107" t="s">
         <v>252</v>
       </c>
       <c r="C107" t="s">
         <v>23</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
         <v>16</v>
       </c>
       <c r="F107">
         <v>2007</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>253</v>
       </c>
       <c r="B108" t="s">
         <v>254</v>
       </c>
       <c r="C108" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
         <v>16</v>
       </c>
       <c r="F108">
         <v>2007</v>
       </c>
-      <c r="G108" t="s">
-[...2 lines deleted...]
-      <c r="H108"/>
+      <c r="G108"/>
+      <c r="H108" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>255</v>
       </c>
       <c r="B109" t="s">
         <v>256</v>
       </c>
       <c r="C109" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
         <v>16</v>
       </c>
       <c r="F109">
         <v>2007</v>
       </c>
-      <c r="G109"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G109" t="s">
+        <v>11</v>
+      </c>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>257</v>
       </c>
       <c r="B110" t="s">
         <v>258</v>
       </c>
       <c r="C110" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
         <v>16</v>
       </c>
       <c r="F110">
         <v>2007</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>259</v>
       </c>
       <c r="B111" t="s">
         <v>260</v>
       </c>
-      <c r="C111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C111"/>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
         <v>16</v>
       </c>
       <c r="F111">
         <v>2007</v>
       </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>261</v>
       </c>
       <c r="B112" t="s">
         <v>262</v>
       </c>
       <c r="C112" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
         <v>16</v>
       </c>
       <c r="F112">
         <v>2007</v>
       </c>
       <c r="G112"/>
-      <c r="H112"/>
+      <c r="H112" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>263</v>
       </c>
       <c r="B113" t="s">
         <v>264</v>
       </c>
       <c r="C113" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
         <v>16</v>
       </c>
       <c r="F113">
         <v>2007</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>265</v>
       </c>
       <c r="B114" t="s">
-        <v>120</v>
+        <v>266</v>
       </c>
       <c r="C114" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
         <v>16</v>
       </c>
       <c r="F114">
         <v>2007</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B115" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C115" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
         <v>16</v>
       </c>
       <c r="F115">
         <v>2007</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B116" t="s">
-        <v>269</v>
+        <v>122</v>
       </c>
       <c r="C116" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
         <v>16</v>
       </c>
       <c r="F116">
         <v>2007</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>56</v>
+        <v>234</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>270</v>
       </c>
       <c r="B117" t="s">
         <v>271</v>
       </c>
       <c r="C117" t="s">
         <v>23</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
         <v>16</v>
       </c>
       <c r="F117">
         <v>2007</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>272</v>
       </c>
       <c r="B118" t="s">
         <v>273</v>
       </c>
       <c r="C118" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
         <v>16</v>
       </c>
       <c r="F118">
         <v>2007</v>
       </c>
       <c r="G118"/>
-      <c r="H118"/>
+      <c r="H118" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>274</v>
       </c>
       <c r="B119" t="s">
         <v>275</v>
       </c>
       <c r="C119" t="s">
         <v>23</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
         <v>16</v>
       </c>
       <c r="F119">
         <v>2007</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>276</v>
       </c>
       <c r="B120" t="s">
-        <v>143</v>
+        <v>277</v>
       </c>
       <c r="C120" t="s">
+        <v>19</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>16</v>
+      </c>
+      <c r="F120">
+        <v>2007</v>
+      </c>
+      <c r="G120"/>
+      <c r="H120"/>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>278</v>
+      </c>
+      <c r="B121" t="s">
+        <v>279</v>
+      </c>
+      <c r="C121" t="s">
+        <v>23</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>16</v>
+      </c>
+      <c r="F121">
+        <v>2007</v>
+      </c>
+      <c r="G121"/>
+      <c r="H121" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>280</v>
+      </c>
+      <c r="B122" t="s">
+        <v>145</v>
+      </c>
+      <c r="C122" t="s">
         <v>27</v>
       </c>
-      <c r="D120" t="s">
-[...9 lines deleted...]
-      <c r="H120" t="s">
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>16</v>
+      </c>
+      <c r="F122">
+        <v>2007</v>
+      </c>
+      <c r="G122"/>
+      <c r="H122" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>