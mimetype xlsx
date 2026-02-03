--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -488,53 +488,50 @@
   <si>
     <t>http://boib.caib.es/pdf/2007048/mp85.pdf?lang=es&amp;mode=view&amp;p_numero=2007048&amp;p_inipag=85&amp;p_finpag=88</t>
   </si>
   <si>
     <t>Decreto 63/2007, de 14 de junio, por el que se crean el Catálogo de Flora Protegida de Castilla y León y la figura de protección denominada Microrreserva de Flora (revisión vigente desde 19 de abril de 2015).</t>
   </si>
   <si>
     <t>http://biodiversidade.eu/uploads/documentacion/arquivo/e63/5249b68070-castilla-leon-Decreto-flora-portegida.pdf</t>
   </si>
   <si>
     <t>Decreto 88/2007 de 19 de abril, por el que se regula el Catálogo gallego de especies amenazadas.</t>
   </si>
   <si>
     <t>http://derechoanimal.info/sites/default/files/legacyfiles/bbdd/Documentos/642.pdf</t>
   </si>
   <si>
     <t>Anuncio de 5 de junio de 2007, por el que se amplía el trámite de información pública de la aprobación inicial del Plan Especial del Paisaje Protegido de Los Acantilados de La Culata (Tenerife), aprobado mediante Resolución del Director General de Ordenación del Territorio nº 18, de 5 de junio de 2007. BOC 122, 19 de Junio de 2007.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2007/122/013.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 10/2007, de 19 de enero, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Chera-Sot de Chera. DOGV 5435 de 24/01/2007.</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/01/24/pdf/2007_825.pdf</t>
   </si>
   <si>
     <t>Decreto 107/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Espacio Natural Hoces del alto Ebro y Rudrón (Burgos). BOCYL 221, de 14/11/2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-4.pdf</t>
   </si>
   <si>
     <t>Decreto 108/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del área de Miranda del Castañar declarada como Parque Natural de las Batuecas-Sierra de Francia (Salamanca). BOCYL 221, de 14/11/2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-5.pdf</t>
   </si>
   <si>
     <t>Decreto 109/2007, de 8 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de San Martín del Castañar (Salamanca). BOCYL 221, 14/11/2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/11/14/pdf/BOCYL-D-14112007-6.pdf</t>
   </si>
   <si>
     <t>Decreto 111/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Lagunas Glaciares de Neila (Burgos). BOCYL 226, 21/11/2007</t>
@@ -545,53 +542,50 @@
   <si>
     <t>Decreto 112/2007, de 15 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Acebal de Garagüeta (Soria). BOCYL 226, 21/11/2007</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2007/11/21/pdf/BOCYL-D-21112007-3.pdf</t>
   </si>
   <si>
     <t>Decreto 19/2007 de 16 de marzo, por el que aprueba el Plan de Ordenación de Recursos Naturales de la Serra de Tramuntana.BOIB 54.</t>
   </si>
   <si>
     <t>http://boib.caib.es/pdf/2007054/mp122.pdf</t>
   </si>
   <si>
     <t>Decreto 217/2007, de 4 de septiembre, del Gobierno de Aragón, por el que se amplía el ámbito territorial del Paisaje Protegido de los Pinares de Rodeno. BOA 112 de 21/09/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=222290382626</t>
   </si>
   <si>
     <t>Decreto 22/2007, de 14 de marzo, por el que se aprueba el IV Plan Rector de Uso y Gestión del Parque Natural de Somiedo.  BOPA 88, 17/04/2007.</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION15/66/1/001U002LPM0002.pdf</t>
   </si>
   <si>
-    <t>Principado de Asturias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 229/2007, de 23 de noviembre, del Consell, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural del Montgó. DOGV 5648, 27 de noviembre de 2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/11/27/pdf/2007_14264.pdf</t>
   </si>
   <si>
     <t>Decreto 262/2007, de 16 de octubre, por el que se aprueba el plan rector de uso y gestión del Parque Natural del Estrecho y se modifica el Plan de Ordenación de los Recursos Naturales del Frente Litoral algeciras - Tarifa, aprobado por Decreto 308/2002. BOJA 233, de 27/11/2007</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2007/233/fasciculo-2.pdf</t>
   </si>
   <si>
     <t>Decreto 4/2007, de 12 de enero, del Consell, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de la Serra d'Irta. DOC 5431 de 18/01/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/01/18/pdf/2007_566.pdf</t>
   </si>
   <si>
     <t>Decreto 42/2007, de 13 de abril, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Turia. DOGV 5493, de 19/04/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/04/19/pdf/2007_4899.pdf</t>
   </si>
   <si>
     <t>Decreto 53/2007, de 17 de mayo, por el que se aprueba el I Plan Rector de Uso y Gestión de la Reserva Natural Integral de Muniellos. BOPA 129, 4 de junio de 2007</t>
@@ -620,75 +614,78 @@
   <si>
     <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
   </si>
   <si>
     <t>se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia... BON  9,</t>
   </si>
   <si>
     <t>http://www.navarra.es/home_es/Actualidad/BON/Boletines/2007/9/Anuncio-24/</t>
   </si>
   <si>
     <t>Orden APA/961/2007, de 3 de abril, que establece una reserva marina de interés pesquero en Levante de Mallorca-Cala Rajada, a levante de la isla de Mallorca, y define su delimitación, zonas y usos permitidos</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2007/04/03/apa961</t>
   </si>
   <si>
     <t>Reseña de la Resolución de 10 de enero de 2007 del conseller de Territorio y Vivienda, por la que se aprueba definitivamente el Plan especial de protección del Paraje Natural Parpalló-Borrell de Gandia. DOGV 5514 de 17/05/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/05/17/pdf/2007_5945.pdf</t>
   </si>
   <si>
+    <t>Decreto 26/2007, de 8 de marzo, por el que se regulan la composición y funcionamiento de los Patronatos de los Parques Naturales de la Red de Espacios Naturales Protegidos de Cantabria.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113127</t>
+  </si>
+  <si>
     <t>Plan de gestión de las Zonas de Especial Protección para las Aves de ambientes esteparios, según el artículo 41 de la Ley 42/2007</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199633</t>
   </si>
   <si>
     <t>Decreto 314/2007, de 27-12-2007,  Consejo de Gobierno, por el que se designan 2 zonas de especial protección para las aves mediante su declaración como zonas sensibles. DOCM 272, de 31 de diciembre de 2007.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/12/31&amp;idDisposicion=123062369096850686</t>
   </si>
   <si>
     <t>Decreto 92/2007, de 8 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Tajinaste Azul de La Gomera (Echium acanthocarpum). (BO Canarias nº 103, 23.05.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/103/boc-2007-103-009.pdf</t>
   </si>
   <si>
     <t>Orden Foral 340/2007, de 18 de abril por la que se aprueba el Plan de Gestión del pez "Lamprehuela" (Cobitis calderoni), como especie en peligro de extinción y cuya protección exige medidas específicas. (BOTHA nº 57, 11.05.2007) (Álava)</t>
   </si>
   <si>
     <t>http://www.araba.eus/botha/Boletines/2007/057/2007_057_03015.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Orden de 30 de mayo de 2007, de la Conselleria de Territorio y Vivienda, por la que se aprueba un programa de actuaciones para el control de mejillón cebra, en la Comunitat Valenciana.  (DOCV nº 5.552, 10.07.2007)</t>
   </si>
   <si>
     <t>Decreto 33/2007, de 13 de febrero, por el que s eaprueba el Plan de Recuperación de la Piñamar (Atractylis preauxiana). (BO Canarias nº 45, 2.3.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/045/boc-2007-045-004.pdf</t>
   </si>
   <si>
     <t>Decreto 9/2007, de 19 de enero, del Consell, pro el que se aprueba el Plande Recuperación del Fartet en la Comunidad Valenciana.(DOCV nº 5.435, 24.01.2007)</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/01/24/pdf/2007_826.pdf</t>
   </si>
   <si>
     <t>Decreto 68/2007, de 2 de abril, por el que se aprueba el Plan de Recuperación del Picopaloma (Lotus berthelotti) y del Pico de El Sauzal (Lotus maculatus). (BO Canarias nº74, 13.04.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/074/boc-2007-074-007.pdf</t>
   </si>
   <si>
     <t>Resolución de 30/07/2007, por el que se aprueban los Planes de recuperación de Limonium (Limonium sps) de Calvià, del Ferreret, de conservación del Águila pescadora y de manejo de la Gaviota de Audouin y el Cormorán moñudo en las Islas Baleares.</t>
   </si>
@@ -1028,51 +1025,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H94"/>
+  <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="412.756" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -2508,817 +2505,781 @@
       <c r="G61"/>
       <c r="H61" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>155</v>
       </c>
       <c r="B62" t="s">
         <v>156</v>
       </c>
       <c r="C62" t="s">
         <v>157</v>
       </c>
       <c r="D62" t="s">
         <v>48</v>
       </c>
       <c r="E62" t="s">
         <v>49</v>
       </c>
       <c r="F62">
         <v>2007</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>158</v>
+      </c>
+      <c r="B63" t="s">
         <v>159</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
         <v>47</v>
       </c>
       <c r="D63" t="s">
         <v>48</v>
       </c>
       <c r="E63" t="s">
         <v>49</v>
       </c>
       <c r="F63">
         <v>2007</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>160</v>
+      </c>
+      <c r="B64" t="s">
         <v>161</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" t="s">
         <v>47</v>
       </c>
       <c r="D64" t="s">
         <v>48</v>
       </c>
       <c r="E64" t="s">
         <v>49</v>
       </c>
       <c r="F64">
         <v>2007</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>162</v>
+      </c>
+      <c r="B65" t="s">
         <v>163</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
         <v>47</v>
       </c>
       <c r="D65" t="s">
         <v>48</v>
       </c>
       <c r="E65" t="s">
         <v>49</v>
       </c>
       <c r="F65">
         <v>2007</v>
       </c>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>164</v>
+      </c>
+      <c r="B66" t="s">
         <v>165</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
         <v>47</v>
       </c>
       <c r="D66" t="s">
         <v>48</v>
       </c>
       <c r="E66" t="s">
         <v>49</v>
       </c>
       <c r="F66">
         <v>2007</v>
       </c>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>166</v>
+      </c>
+      <c r="B67" t="s">
         <v>167</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
         <v>47</v>
       </c>
       <c r="D67" t="s">
         <v>48</v>
       </c>
       <c r="E67" t="s">
         <v>49</v>
       </c>
       <c r="F67">
         <v>2007</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>168</v>
+      </c>
+      <c r="B68" t="s">
         <v>169</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
         <v>47</v>
       </c>
       <c r="D68" t="s">
         <v>48</v>
       </c>
       <c r="E68" t="s">
         <v>49</v>
       </c>
       <c r="F68">
         <v>2007</v>
       </c>
       <c r="G68"/>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>170</v>
+      </c>
+      <c r="B69" t="s">
         <v>171</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
         <v>47</v>
       </c>
       <c r="D69" t="s">
         <v>48</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69">
         <v>2007</v>
       </c>
       <c r="G69"/>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>172</v>
+      </c>
+      <c r="B70" t="s">
         <v>173</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" t="s">
         <v>47</v>
       </c>
       <c r="D70" t="s">
         <v>48</v>
       </c>
       <c r="E70" t="s">
         <v>49</v>
       </c>
       <c r="F70">
         <v>2007</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>174</v>
+      </c>
+      <c r="B71" t="s">
         <v>175</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
         <v>47</v>
       </c>
       <c r="D71" t="s">
         <v>48</v>
       </c>
       <c r="E71" t="s">
         <v>49</v>
       </c>
       <c r="F71">
         <v>2007</v>
       </c>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B72" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C72" t="s">
         <v>47</v>
       </c>
       <c r="D72" t="s">
         <v>48</v>
       </c>
       <c r="E72" t="s">
         <v>49</v>
       </c>
       <c r="F72">
         <v>2007</v>
       </c>
       <c r="G72"/>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B73" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C73" t="s">
         <v>47</v>
       </c>
       <c r="D73" t="s">
         <v>48</v>
       </c>
       <c r="E73" t="s">
         <v>49</v>
       </c>
       <c r="F73">
         <v>2007</v>
       </c>
       <c r="G73"/>
-      <c r="H73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B74" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C74" t="s">
         <v>47</v>
       </c>
       <c r="D74" t="s">
         <v>48</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74">
         <v>2007</v>
       </c>
       <c r="G74"/>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B75" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C75" t="s">
         <v>47</v>
       </c>
       <c r="D75" t="s">
         <v>48</v>
       </c>
       <c r="E75" t="s">
         <v>49</v>
       </c>
       <c r="F75">
         <v>2007</v>
       </c>
       <c r="G75"/>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B76" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C76" t="s">
         <v>47</v>
       </c>
       <c r="D76" t="s">
         <v>48</v>
       </c>
       <c r="E76" t="s">
         <v>49</v>
       </c>
       <c r="F76">
         <v>2007</v>
       </c>
       <c r="G76"/>
-      <c r="H76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C77" t="s">
         <v>47</v>
       </c>
       <c r="D77" t="s">
         <v>48</v>
       </c>
       <c r="E77" t="s">
         <v>49</v>
       </c>
       <c r="F77">
         <v>2007</v>
       </c>
       <c r="G77"/>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B78" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C78" t="s">
         <v>47</v>
       </c>
       <c r="D78" t="s">
         <v>48</v>
       </c>
       <c r="E78" t="s">
         <v>49</v>
       </c>
       <c r="F78">
         <v>2007</v>
       </c>
       <c r="G78"/>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B79" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C79" t="s">
         <v>47</v>
       </c>
       <c r="D79" t="s">
         <v>48</v>
       </c>
       <c r="E79" t="s">
         <v>49</v>
       </c>
       <c r="F79">
         <v>2007</v>
       </c>
       <c r="G79"/>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B80" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C80" t="s">
         <v>47</v>
       </c>
       <c r="D80" t="s">
         <v>48</v>
       </c>
       <c r="E80" t="s">
         <v>49</v>
       </c>
       <c r="F80">
         <v>2007</v>
       </c>
       <c r="G80"/>
-      <c r="H80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B81" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C81" t="s">
         <v>47</v>
       </c>
       <c r="D81" t="s">
         <v>48</v>
       </c>
       <c r="E81" t="s">
         <v>49</v>
       </c>
       <c r="F81">
         <v>2007</v>
       </c>
       <c r="G81"/>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C82" t="s">
         <v>61</v>
       </c>
       <c r="D82" t="s">
         <v>48</v>
       </c>
       <c r="E82" t="s">
         <v>49</v>
       </c>
       <c r="F82">
         <v>2007</v>
       </c>
       <c r="G82" t="s">
         <v>20</v>
       </c>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B83" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C83" t="s">
         <v>75</v>
       </c>
       <c r="D83" t="s">
         <v>48</v>
       </c>
       <c r="E83" t="s">
         <v>49</v>
       </c>
       <c r="F83">
         <v>2007</v>
       </c>
       <c r="G83"/>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B84" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C84"/>
       <c r="D84" t="s">
         <v>48</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>2007</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B85" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C85" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D85" t="s">
         <v>48</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>2007</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B86" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C86" t="s">
         <v>47</v>
       </c>
       <c r="D86" t="s">
         <v>48</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>2007</v>
       </c>
       <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B87" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C87" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D87" t="s">
         <v>48</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>2007</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B88" t="s">
-        <v>60</v>
+        <v>209</v>
       </c>
       <c r="C88" t="s">
         <v>61</v>
       </c>
       <c r="D88" t="s">
         <v>48</v>
       </c>
       <c r="E88" t="s">
         <v>49</v>
       </c>
       <c r="F88">
         <v>2007</v>
       </c>
       <c r="G88"/>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="C89" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D89" t="s">
         <v>48</v>
       </c>
       <c r="E89" t="s">
         <v>49</v>
       </c>
       <c r="F89">
         <v>2007</v>
       </c>
       <c r="G89"/>
-      <c r="H89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B90" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C90" t="s">
         <v>47</v>
       </c>
       <c r="D90" t="s">
         <v>48</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>2007</v>
       </c>
       <c r="G90"/>
-      <c r="H90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C91" t="s">
         <v>47</v>
       </c>
       <c r="D91" t="s">
         <v>48</v>
       </c>
       <c r="E91" t="s">
         <v>49</v>
       </c>
       <c r="F91">
         <v>2007</v>
       </c>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B92" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C92" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D92" t="s">
         <v>48</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
       <c r="F92">
         <v>2007</v>
       </c>
       <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B93" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C93" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D93" t="s">
         <v>48</v>
       </c>
       <c r="E93" t="s">
         <v>49</v>
       </c>
       <c r="F93">
         <v>2007</v>
       </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B94" t="s">
+        <v>220</v>
+      </c>
+      <c r="C94" t="s">
+        <v>47</v>
+      </c>
+      <c r="D94" t="s">
+        <v>48</v>
+      </c>
+      <c r="E94" t="s">
+        <v>49</v>
+      </c>
+      <c r="F94">
+        <v>2007</v>
+      </c>
+      <c r="G94"/>
+      <c r="H94"/>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>221</v>
+      </c>
+      <c r="B95" t="s">
         <v>87</v>
       </c>
-      <c r="C94" t="s">
+      <c r="C95" t="s">
         <v>61</v>
       </c>
-      <c r="D94" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="D95" t="s">
+        <v>48</v>
+      </c>
+      <c r="E95" t="s">
+        <v>49</v>
+      </c>
+      <c r="F95">
+        <v>2007</v>
+      </c>
+      <c r="G95"/>
+      <c r="H95"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>