--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -3377,51 +3377,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -3473,51 +3473,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -3569,51 +3569,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -3641,51 +3641,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -4939,51 +4939,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5723,75 +5723,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -7203,51 +7203,51 @@
       <c r="H214" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>431</v>
       </c>
       <c r="B215" t="s">
         <v>432</v>
       </c>
       <c r="C215" t="s">
         <v>96</v>
       </c>
       <c r="D215" t="s">
         <v>97</v>
       </c>
       <c r="E215" t="s">
         <v>98</v>
       </c>
       <c r="F215">
         <v>2006</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>433</v>
       </c>
       <c r="B216" t="s">
         <v>434</v>
       </c>
       <c r="C216" t="s">
         <v>96</v>
       </c>
       <c r="D216" t="s">
         <v>97</v>
       </c>
       <c r="E216" t="s">
         <v>98</v>
       </c>
       <c r="F216">
         <v>2006</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>117</v>
       </c>
@@ -7299,51 +7299,51 @@
       <c r="H218" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>439</v>
       </c>
       <c r="B219" t="s">
         <v>440</v>
       </c>
       <c r="C219" t="s">
         <v>110</v>
       </c>
       <c r="D219" t="s">
         <v>97</v>
       </c>
       <c r="E219" t="s">
         <v>98</v>
       </c>
       <c r="F219">
         <v>2006</v>
       </c>
       <c r="G219"/>
       <c r="H219" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>441</v>
       </c>
       <c r="B220" t="s">
         <v>442</v>
       </c>
       <c r="C220" t="s">
         <v>96</v>
       </c>
       <c r="D220" t="s">
         <v>97</v>
       </c>
       <c r="E220" t="s">
         <v>98</v>
       </c>
       <c r="F220">
         <v>2006</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>9</v>
       </c>
@@ -8259,51 +8259,51 @@
       <c r="H258" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>517</v>
       </c>
       <c r="B259" t="s">
         <v>518</v>
       </c>
       <c r="C259" t="s">
         <v>110</v>
       </c>
       <c r="D259" t="s">
         <v>97</v>
       </c>
       <c r="E259" t="s">
         <v>98</v>
       </c>
       <c r="F259">
         <v>2006</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>519</v>
       </c>
       <c r="B260" t="s">
         <v>520</v>
       </c>
       <c r="C260" t="s">
         <v>315</v>
       </c>
       <c r="D260" t="s">
         <v>97</v>
       </c>
       <c r="E260" t="s">
         <v>98</v>
       </c>
       <c r="F260">
         <v>2006</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>312</v>
       </c>
@@ -8907,167 +8907,167 @@
       <c r="H285" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>571</v>
       </c>
       <c r="B286" t="s">
         <v>572</v>
       </c>
       <c r="C286" t="s">
         <v>110</v>
       </c>
       <c r="D286" t="s">
         <v>97</v>
       </c>
       <c r="E286" t="s">
         <v>98</v>
       </c>
       <c r="F286">
         <v>2006</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>573</v>
       </c>
       <c r="B287" t="s">
         <v>574</v>
       </c>
       <c r="C287" t="s">
         <v>110</v>
       </c>
       <c r="D287" t="s">
         <v>97</v>
       </c>
       <c r="E287" t="s">
         <v>98</v>
       </c>
       <c r="F287">
         <v>2006</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>575</v>
       </c>
       <c r="B288" t="s">
         <v>576</v>
       </c>
       <c r="C288" t="s">
         <v>110</v>
       </c>
       <c r="D288" t="s">
         <v>97</v>
       </c>
       <c r="E288" t="s">
         <v>98</v>
       </c>
       <c r="F288">
         <v>2006</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>577</v>
       </c>
       <c r="B289" t="s">
         <v>578</v>
       </c>
       <c r="C289" t="s">
         <v>110</v>
       </c>
       <c r="D289" t="s">
         <v>97</v>
       </c>
       <c r="E289" t="s">
         <v>98</v>
       </c>
       <c r="F289">
         <v>2006</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>579</v>
       </c>
       <c r="B290" t="s">
         <v>580</v>
       </c>
       <c r="C290" t="s">
         <v>110</v>
       </c>
       <c r="D290" t="s">
         <v>97</v>
       </c>
       <c r="E290" t="s">
         <v>98</v>
       </c>
       <c r="F290">
         <v>2006</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>581</v>
       </c>
       <c r="B291" t="s">
         <v>582</v>
       </c>
       <c r="C291"/>
       <c r="D291"/>
       <c r="E291" t="s">
         <v>98</v>
       </c>
       <c r="F291">
         <v>2006</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>583</v>
       </c>
       <c r="B292" t="s">
         <v>584</v>
       </c>
       <c r="C292" t="s">
         <v>101</v>
       </c>
       <c r="D292" t="s">
         <v>97</v>
       </c>
       <c r="E292" t="s">
         <v>98</v>
       </c>
       <c r="F292">
         <v>2006</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>11</v>
       </c>
@@ -9095,795 +9095,795 @@
       <c r="H293" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>587</v>
       </c>
       <c r="B294" t="s">
         <v>588</v>
       </c>
       <c r="C294" t="s">
         <v>110</v>
       </c>
       <c r="D294" t="s">
         <v>97</v>
       </c>
       <c r="E294" t="s">
         <v>98</v>
       </c>
       <c r="F294">
         <v>2006</v>
       </c>
       <c r="G294"/>
       <c r="H294" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>589</v>
       </c>
       <c r="B295" t="s">
         <v>590</v>
       </c>
       <c r="C295" t="s">
         <v>110</v>
       </c>
       <c r="D295" t="s">
         <v>97</v>
       </c>
       <c r="E295" t="s">
         <v>98</v>
       </c>
       <c r="F295">
         <v>2006</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>591</v>
       </c>
       <c r="B296" t="s">
         <v>592</v>
       </c>
       <c r="C296" t="s">
         <v>110</v>
       </c>
       <c r="D296" t="s">
         <v>97</v>
       </c>
       <c r="E296" t="s">
         <v>98</v>
       </c>
       <c r="F296">
         <v>2006</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>593</v>
       </c>
       <c r="B297" t="s">
         <v>594</v>
       </c>
       <c r="C297" t="s">
         <v>110</v>
       </c>
       <c r="D297" t="s">
         <v>97</v>
       </c>
       <c r="E297" t="s">
         <v>98</v>
       </c>
       <c r="F297">
         <v>2006</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>595</v>
       </c>
       <c r="B298" t="s">
         <v>596</v>
       </c>
       <c r="C298" t="s">
         <v>110</v>
       </c>
       <c r="D298" t="s">
         <v>97</v>
       </c>
       <c r="E298" t="s">
         <v>98</v>
       </c>
       <c r="F298">
         <v>2006</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>597</v>
       </c>
       <c r="B299" t="s">
         <v>598</v>
       </c>
       <c r="C299" t="s">
         <v>110</v>
       </c>
       <c r="D299" t="s">
         <v>97</v>
       </c>
       <c r="E299" t="s">
         <v>98</v>
       </c>
       <c r="F299">
         <v>2006</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>599</v>
       </c>
       <c r="B300" t="s">
         <v>600</v>
       </c>
       <c r="C300" t="s">
         <v>110</v>
       </c>
       <c r="D300" t="s">
         <v>97</v>
       </c>
       <c r="E300" t="s">
         <v>98</v>
       </c>
       <c r="F300">
         <v>2006</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>601</v>
       </c>
       <c r="B301" t="s">
         <v>602</v>
       </c>
       <c r="C301" t="s">
         <v>110</v>
       </c>
       <c r="D301" t="s">
         <v>97</v>
       </c>
       <c r="E301" t="s">
         <v>98</v>
       </c>
       <c r="F301">
         <v>2006</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>603</v>
       </c>
       <c r="B302" t="s">
         <v>604</v>
       </c>
       <c r="C302" t="s">
         <v>110</v>
       </c>
       <c r="D302" t="s">
         <v>97</v>
       </c>
       <c r="E302" t="s">
         <v>98</v>
       </c>
       <c r="F302">
         <v>2006</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>605</v>
       </c>
       <c r="B303" t="s">
         <v>606</v>
       </c>
       <c r="C303" t="s">
         <v>110</v>
       </c>
       <c r="D303" t="s">
         <v>97</v>
       </c>
       <c r="E303" t="s">
         <v>98</v>
       </c>
       <c r="F303">
         <v>2006</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>607</v>
       </c>
       <c r="B304" t="s">
         <v>608</v>
       </c>
       <c r="C304" t="s">
         <v>110</v>
       </c>
       <c r="D304" t="s">
         <v>97</v>
       </c>
       <c r="E304" t="s">
         <v>98</v>
       </c>
       <c r="F304">
         <v>2006</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>609</v>
       </c>
       <c r="B305" t="s">
         <v>610</v>
       </c>
       <c r="C305" t="s">
         <v>110</v>
       </c>
       <c r="D305" t="s">
         <v>97</v>
       </c>
       <c r="E305" t="s">
         <v>98</v>
       </c>
       <c r="F305">
         <v>2006</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>611</v>
       </c>
       <c r="B306" t="s">
         <v>612</v>
       </c>
       <c r="C306" t="s">
         <v>110</v>
       </c>
       <c r="D306" t="s">
         <v>97</v>
       </c>
       <c r="E306" t="s">
         <v>98</v>
       </c>
       <c r="F306">
         <v>2006</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>613</v>
       </c>
       <c r="B307" t="s">
         <v>614</v>
       </c>
       <c r="C307" t="s">
         <v>110</v>
       </c>
       <c r="D307" t="s">
         <v>97</v>
       </c>
       <c r="E307" t="s">
         <v>98</v>
       </c>
       <c r="F307">
         <v>2006</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>615</v>
       </c>
       <c r="B308" t="s">
         <v>616</v>
       </c>
       <c r="C308" t="s">
         <v>110</v>
       </c>
       <c r="D308" t="s">
         <v>97</v>
       </c>
       <c r="E308" t="s">
         <v>98</v>
       </c>
       <c r="F308">
         <v>2006</v>
       </c>
       <c r="G308"/>
       <c r="H308" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>617</v>
       </c>
       <c r="B309" t="s">
         <v>618</v>
       </c>
       <c r="C309" t="s">
         <v>110</v>
       </c>
       <c r="D309" t="s">
         <v>97</v>
       </c>
       <c r="E309" t="s">
         <v>98</v>
       </c>
       <c r="F309">
         <v>2006</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>619</v>
       </c>
       <c r="B310" t="s">
         <v>620</v>
       </c>
       <c r="C310" t="s">
         <v>110</v>
       </c>
       <c r="D310" t="s">
         <v>97</v>
       </c>
       <c r="E310" t="s">
         <v>98</v>
       </c>
       <c r="F310">
         <v>2006</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>621</v>
       </c>
       <c r="B311" t="s">
         <v>622</v>
       </c>
       <c r="C311" t="s">
         <v>110</v>
       </c>
       <c r="D311" t="s">
         <v>97</v>
       </c>
       <c r="E311" t="s">
         <v>98</v>
       </c>
       <c r="F311">
         <v>2006</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>623</v>
       </c>
       <c r="B312" t="s">
         <v>624</v>
       </c>
       <c r="C312" t="s">
         <v>110</v>
       </c>
       <c r="D312" t="s">
         <v>97</v>
       </c>
       <c r="E312" t="s">
         <v>98</v>
       </c>
       <c r="F312">
         <v>2006</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>625</v>
       </c>
       <c r="B313" t="s">
         <v>626</v>
       </c>
       <c r="C313" t="s">
         <v>110</v>
       </c>
       <c r="D313" t="s">
         <v>97</v>
       </c>
       <c r="E313" t="s">
         <v>98</v>
       </c>
       <c r="F313">
         <v>2006</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>627</v>
       </c>
       <c r="B314" t="s">
         <v>628</v>
       </c>
       <c r="C314" t="s">
         <v>110</v>
       </c>
       <c r="D314" t="s">
         <v>97</v>
       </c>
       <c r="E314" t="s">
         <v>98</v>
       </c>
       <c r="F314">
         <v>2006</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>629</v>
       </c>
       <c r="B315" t="s">
         <v>630</v>
       </c>
       <c r="C315" t="s">
         <v>110</v>
       </c>
       <c r="D315" t="s">
         <v>97</v>
       </c>
       <c r="E315" t="s">
         <v>98</v>
       </c>
       <c r="F315">
         <v>2006</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>631</v>
       </c>
       <c r="B316" t="s">
         <v>632</v>
       </c>
       <c r="C316" t="s">
         <v>110</v>
       </c>
       <c r="D316" t="s">
         <v>97</v>
       </c>
       <c r="E316" t="s">
         <v>98</v>
       </c>
       <c r="F316">
         <v>2006</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>633</v>
       </c>
       <c r="B317" t="s">
         <v>634</v>
       </c>
       <c r="C317" t="s">
         <v>110</v>
       </c>
       <c r="D317" t="s">
         <v>97</v>
       </c>
       <c r="E317" t="s">
         <v>98</v>
       </c>
       <c r="F317">
         <v>2006</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>635</v>
       </c>
       <c r="B318" t="s">
         <v>636</v>
       </c>
       <c r="C318" t="s">
         <v>110</v>
       </c>
       <c r="D318" t="s">
         <v>97</v>
       </c>
       <c r="E318" t="s">
         <v>98</v>
       </c>
       <c r="F318">
         <v>2006</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>637</v>
       </c>
       <c r="B319" t="s">
         <v>638</v>
       </c>
       <c r="C319" t="s">
         <v>110</v>
       </c>
       <c r="D319" t="s">
         <v>97</v>
       </c>
       <c r="E319" t="s">
         <v>98</v>
       </c>
       <c r="F319">
         <v>2006</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>639</v>
       </c>
       <c r="B320" t="s">
         <v>640</v>
       </c>
       <c r="C320" t="s">
         <v>110</v>
       </c>
       <c r="D320" t="s">
         <v>97</v>
       </c>
       <c r="E320" t="s">
         <v>98</v>
       </c>
       <c r="F320">
         <v>2006</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>641</v>
       </c>
       <c r="B321" t="s">
         <v>642</v>
       </c>
       <c r="C321" t="s">
         <v>110</v>
       </c>
       <c r="D321" t="s">
         <v>97</v>
       </c>
       <c r="E321" t="s">
         <v>98</v>
       </c>
       <c r="F321">
         <v>2006</v>
       </c>
       <c r="G321"/>
       <c r="H321" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>643</v>
       </c>
       <c r="B322" t="s">
         <v>644</v>
       </c>
       <c r="C322" t="s">
         <v>110</v>
       </c>
       <c r="D322" t="s">
         <v>97</v>
       </c>
       <c r="E322" t="s">
         <v>98</v>
       </c>
       <c r="F322">
         <v>2006</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>645</v>
       </c>
       <c r="B323" t="s">
         <v>646</v>
       </c>
       <c r="C323" t="s">
         <v>110</v>
       </c>
       <c r="D323" t="s">
         <v>97</v>
       </c>
       <c r="E323" t="s">
         <v>98</v>
       </c>
       <c r="F323">
         <v>2006</v>
       </c>
       <c r="G323"/>
       <c r="H323" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>647</v>
       </c>
       <c r="B324" t="s">
         <v>648</v>
       </c>
       <c r="C324" t="s">
         <v>110</v>
       </c>
       <c r="D324" t="s">
         <v>97</v>
       </c>
       <c r="E324" t="s">
         <v>98</v>
       </c>
       <c r="F324">
         <v>2006</v>
       </c>
       <c r="G324"/>
       <c r="H324" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>649</v>
       </c>
       <c r="B325" t="s">
         <v>650</v>
       </c>
       <c r="C325" t="s">
         <v>110</v>
       </c>
       <c r="D325" t="s">
         <v>97</v>
       </c>
       <c r="E325" t="s">
         <v>98</v>
       </c>
       <c r="F325">
         <v>2006</v>
       </c>
       <c r="G325"/>
       <c r="H325" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>651</v>
       </c>
       <c r="B326" t="s">
         <v>652</v>
       </c>
       <c r="C326" t="s">
         <v>96</v>
       </c>
       <c r="D326" t="s">
         <v>97</v>
       </c>
       <c r="E326" t="s">
         <v>98</v>
       </c>
       <c r="F326">
         <v>2006</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
         <v>265</v>
       </c>