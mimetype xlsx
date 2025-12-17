--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="488">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -618,50 +618,56 @@
     <t>https://dogv.gva.es/datos/2007/05/30/pdf/2007_7026.pdf</t>
   </si>
   <si>
     <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
   </si>
   <si>
     <t>se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia... BON  9,</t>
   </si>
   <si>
     <t>http://www.navarra.es/home_es/Actualidad/BON/Boletines/2007/9/Anuncio-24/</t>
   </si>
   <si>
     <t>Orden APA/961/2007, de 3 de abril, que establece una reserva marina de interés pesquero en Levante de Mallorca-Cala Rajada, a levante de la isla de Mallorca, y define su delimitación, zonas y usos permitidos</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2007/04/03/apa961</t>
   </si>
   <si>
     <t>Reseña de la Resolución de 10 de enero de 2007 del conseller de Territorio y Vivienda, por la que se aprueba definitivamente el Plan especial de protección del Paraje Natural Parpalló-Borrell de Gandia. DOGV 5514 de 17/05/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/05/17/pdf/2007_5945.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 8 de marzo, por el que se regulan la composición y funcionamiento de los Patronatos de los Parques Naturales de la Red de Espacios Naturales Protegidos de Cantabria.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113127</t>
   </si>
   <si>
     <t>Plan de gestión de las Zonas de Especial Protección para las Aves de ambientes esteparios, según el artículo 41 de la Ley 42/2007</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199633</t>
   </si>
   <si>
     <t>Decreto 314/2007, de 27-12-2007,  Consejo de Gobierno, por el que se designan 2 zonas de especial protección para las aves mediante su declaración como zonas sensibles. DOCM 272, de 31 de diciembre de 2007.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/12/31&amp;idDisposicion=123062369096850686</t>
   </si>
   <si>
     <t>Decreto 92/2007, de 8 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Tajinaste Azul de La Gomera (Echium acanthocarpum). (BO Canarias nº 103, 23.05.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/103/boc-2007-103-009.pdf</t>
   </si>
   <si>
     <t>Orden Foral 340/2007, de 18 de abril por la que se aprueba el Plan de Gestión del pez "Lamprehuela" (Cobitis calderoni), como especie en peligro de extinción y cuya protección exige medidas específicas. (BOTHA nº 57, 11.05.2007) (Álava)</t>
   </si>
   <si>
     <t>http://www.araba.eus/botha/Boletines/2007/057/2007_057_03015.pdf</t>
   </si>
@@ -1817,51 +1823,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H227"/>
+  <dimension ref="A1:H228"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="509.59" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -3812,183 +3818,179 @@
       </c>
       <c r="C83" t="s">
         <v>75</v>
       </c>
       <c r="D83" t="s">
         <v>48</v>
       </c>
       <c r="E83" t="s">
         <v>49</v>
       </c>
       <c r="F83">
         <v>2007</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>202</v>
       </c>
       <c r="B84" t="s">
         <v>203</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C84"/>
       <c r="D84" t="s">
         <v>48</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>2007</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>204</v>
       </c>
       <c r="B85" t="s">
         <v>205</v>
       </c>
       <c r="C85" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D85" t="s">
         <v>48</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>2007</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>206</v>
       </c>
       <c r="B86" t="s">
         <v>207</v>
       </c>
       <c r="C86" t="s">
         <v>47</v>
       </c>
       <c r="D86" t="s">
         <v>48</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>2007</v>
       </c>
       <c r="G86"/>
-      <c r="H86"/>
+      <c r="H86" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>208</v>
       </c>
       <c r="B87" t="s">
         <v>209</v>
       </c>
       <c r="C87" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D87" t="s">
         <v>48</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>2007</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>210</v>
+      </c>
+      <c r="B88" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C88" t="s">
         <v>61</v>
       </c>
       <c r="D88" t="s">
         <v>48</v>
       </c>
       <c r="E88" t="s">
         <v>49</v>
       </c>
       <c r="F88">
         <v>2007</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="C89" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D89" t="s">
         <v>48</v>
       </c>
       <c r="E89" t="s">
         <v>49</v>
       </c>
       <c r="F89">
         <v>2007</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>67</v>
+        <v>177</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>214</v>
       </c>
       <c r="B90" t="s">
         <v>215</v>
       </c>
       <c r="C90" t="s">
         <v>47</v>
       </c>
       <c r="D90" t="s">
         <v>48</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>2007</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>67</v>
       </c>
@@ -4003,500 +4005,500 @@
       <c r="C91" t="s">
         <v>47</v>
       </c>
       <c r="D91" t="s">
         <v>48</v>
       </c>
       <c r="E91" t="s">
         <v>49</v>
       </c>
       <c r="F91">
         <v>2007</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>218</v>
       </c>
       <c r="B92" t="s">
         <v>219</v>
       </c>
       <c r="C92" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D92" t="s">
         <v>48</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
       <c r="F92">
         <v>2007</v>
       </c>
       <c r="G92"/>
-      <c r="H92"/>
+      <c r="H92" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>220</v>
       </c>
       <c r="B93" t="s">
         <v>221</v>
       </c>
       <c r="C93" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D93" t="s">
         <v>48</v>
       </c>
       <c r="E93" t="s">
         <v>49</v>
       </c>
       <c r="F93">
         <v>2007</v>
       </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>222</v>
       </c>
       <c r="B94" t="s">
-        <v>87</v>
+        <v>223</v>
       </c>
       <c r="C94" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D94" t="s">
         <v>48</v>
       </c>
       <c r="E94" t="s">
         <v>49</v>
       </c>
       <c r="F94">
         <v>2007</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="E95"/>
+        <v>224</v>
+      </c>
+      <c r="B95" t="s">
+        <v>87</v>
+      </c>
+      <c r="C95" t="s">
+        <v>61</v>
+      </c>
+      <c r="D95" t="s">
+        <v>48</v>
+      </c>
+      <c r="E95" t="s">
+        <v>49</v>
+      </c>
       <c r="F95">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>103</v>
+        <v>67</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="B96" t="s">
         <v>225</v>
       </c>
+      <c r="B96"/>
       <c r="C96"/>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D96"/>
+      <c r="E96"/>
       <c r="F96">
         <v>2005</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>226</v>
       </c>
       <c r="B97" t="s">
         <v>227</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>23</v>
       </c>
       <c r="E97" t="s">
         <v>19</v>
       </c>
       <c r="F97">
         <v>2005</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>228</v>
       </c>
       <c r="B98" t="s">
         <v>229</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>23</v>
       </c>
       <c r="E98" t="s">
         <v>19</v>
       </c>
       <c r="F98">
         <v>2005</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>230</v>
+        <v>141</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>230</v>
+      </c>
+      <c r="B99" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E99" t="s">
         <v>19</v>
       </c>
       <c r="F99">
         <v>2005</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>35</v>
+        <v>232</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>233</v>
       </c>
       <c r="B100" t="s">
         <v>234</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E100" t="s">
         <v>19</v>
       </c>
       <c r="F100">
         <v>2005</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>235</v>
       </c>
       <c r="B101" t="s">
         <v>236</v>
       </c>
-      <c r="C101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C101"/>
       <c r="D101" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="E101" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="F101">
         <v>2005</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>237</v>
       </c>
       <c r="B102" t="s">
         <v>238</v>
       </c>
       <c r="C102" t="s">
         <v>47</v>
       </c>
       <c r="D102" t="s">
         <v>48</v>
       </c>
       <c r="E102" t="s">
         <v>49</v>
       </c>
       <c r="F102">
         <v>2005</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>239</v>
       </c>
       <c r="B103" t="s">
         <v>240</v>
       </c>
       <c r="C103" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D103" t="s">
         <v>48</v>
       </c>
       <c r="E103" t="s">
         <v>49</v>
       </c>
       <c r="F103">
         <v>2005</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>29</v>
+        <v>141</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>241</v>
       </c>
       <c r="B104" t="s">
         <v>242</v>
       </c>
       <c r="C104" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D104" t="s">
         <v>48</v>
       </c>
       <c r="E104" t="s">
         <v>49</v>
       </c>
       <c r="F104">
         <v>2005</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>243</v>
       </c>
       <c r="B105" t="s">
         <v>244</v>
       </c>
       <c r="C105" t="s">
         <v>47</v>
       </c>
       <c r="D105" t="s">
         <v>48</v>
       </c>
       <c r="E105" t="s">
         <v>49</v>
       </c>
       <c r="F105">
         <v>2005</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>245</v>
       </c>
       <c r="B106" t="s">
         <v>246</v>
       </c>
       <c r="C106" t="s">
         <v>47</v>
       </c>
       <c r="D106" t="s">
         <v>48</v>
       </c>
       <c r="E106" t="s">
         <v>49</v>
       </c>
       <c r="F106">
         <v>2005</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>247</v>
       </c>
       <c r="B107" t="s">
         <v>248</v>
       </c>
       <c r="C107" t="s">
         <v>47</v>
       </c>
       <c r="D107" t="s">
         <v>48</v>
       </c>
       <c r="E107" t="s">
         <v>49</v>
       </c>
       <c r="F107">
         <v>2005</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>249</v>
       </c>
       <c r="B108" t="s">
         <v>250</v>
       </c>
       <c r="C108" t="s">
         <v>47</v>
       </c>
       <c r="D108" t="s">
         <v>48</v>
       </c>
       <c r="E108" t="s">
         <v>49</v>
       </c>
       <c r="F108">
         <v>2005</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>251</v>
       </c>
       <c r="B109" t="s">
         <v>252</v>
       </c>
       <c r="C109" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D109" t="s">
         <v>48</v>
       </c>
       <c r="E109" t="s">
         <v>49</v>
       </c>
       <c r="F109">
         <v>2005</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>253</v>
       </c>
       <c r="B110" t="s">
         <v>254</v>
       </c>
       <c r="C110" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="D110" t="s">
         <v>48</v>
       </c>
       <c r="E110" t="s">
         <v>49</v>
       </c>
       <c r="F110">
         <v>2005</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>255</v>
       </c>
       <c r="B111" t="s">
         <v>256</v>
       </c>
       <c r="C111" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="D111" t="s">
         <v>48</v>
       </c>
       <c r="E111" t="s">
         <v>49</v>
       </c>
       <c r="F111">
         <v>2005</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>257</v>
       </c>
       <c r="B112" t="s">
         <v>258</v>
       </c>
       <c r="C112" t="s">
         <v>61</v>
       </c>
       <c r="D112" t="s">
         <v>48</v>
       </c>
       <c r="E112" t="s">
         <v>49</v>
       </c>
       <c r="F112">
         <v>2005</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>42</v>
       </c>
@@ -4511,136 +4513,136 @@
       <c r="C113" t="s">
         <v>61</v>
       </c>
       <c r="D113" t="s">
         <v>48</v>
       </c>
       <c r="E113" t="s">
         <v>49</v>
       </c>
       <c r="F113">
         <v>2005</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>261</v>
       </c>
       <c r="B114" t="s">
         <v>262</v>
       </c>
       <c r="C114" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D114" t="s">
         <v>48</v>
       </c>
       <c r="E114" t="s">
         <v>49</v>
       </c>
       <c r="F114">
         <v>2005</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>263</v>
       </c>
       <c r="B115" t="s">
         <v>264</v>
       </c>
       <c r="C115" t="s">
         <v>47</v>
       </c>
       <c r="D115" t="s">
         <v>48</v>
       </c>
       <c r="E115" t="s">
         <v>49</v>
       </c>
       <c r="F115">
         <v>2005</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>265</v>
       </c>
       <c r="B116" t="s">
         <v>266</v>
       </c>
       <c r="C116" t="s">
         <v>47</v>
       </c>
       <c r="D116" t="s">
         <v>48</v>
       </c>
       <c r="E116" t="s">
         <v>49</v>
       </c>
       <c r="F116">
         <v>2005</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>267</v>
       </c>
       <c r="B117" t="s">
         <v>268</v>
       </c>
       <c r="C117" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D117" t="s">
         <v>48</v>
       </c>
       <c r="E117" t="s">
         <v>49</v>
       </c>
       <c r="F117">
         <v>2005</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>269</v>
       </c>
       <c r="B118" t="s">
         <v>270</v>
       </c>
       <c r="C118" t="s">
         <v>61</v>
       </c>
       <c r="D118" t="s">
         <v>48</v>
       </c>
       <c r="E118" t="s">
         <v>49</v>
       </c>
       <c r="F118">
         <v>2005</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>35</v>
       </c>
@@ -4655,208 +4657,208 @@
       <c r="C119" t="s">
         <v>61</v>
       </c>
       <c r="D119" t="s">
         <v>48</v>
       </c>
       <c r="E119" t="s">
         <v>49</v>
       </c>
       <c r="F119">
         <v>2005</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>273</v>
       </c>
       <c r="B120" t="s">
         <v>274</v>
       </c>
       <c r="C120" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="D120" t="s">
         <v>48</v>
       </c>
       <c r="E120" t="s">
         <v>49</v>
       </c>
       <c r="F120">
         <v>2005</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>177</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>275</v>
       </c>
       <c r="B121" t="s">
         <v>276</v>
       </c>
       <c r="C121" t="s">
-        <v>277</v>
+        <v>75</v>
       </c>
       <c r="D121" t="s">
-        <v>278</v>
+        <v>48</v>
       </c>
       <c r="E121" t="s">
         <v>49</v>
       </c>
       <c r="F121">
         <v>2005</v>
       </c>
-      <c r="G121" t="s">
-[...2 lines deleted...]
-      <c r="H121"/>
+      <c r="G121"/>
+      <c r="H121" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>277</v>
+      </c>
+      <c r="B122" t="s">
+        <v>278</v>
+      </c>
+      <c r="C122" t="s">
         <v>279</v>
       </c>
-      <c r="B122" t="s">
+      <c r="D122" t="s">
         <v>280</v>
       </c>
-      <c r="C122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" t="s">
         <v>49</v>
       </c>
       <c r="F122">
         <v>2005</v>
       </c>
-      <c r="G122"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G122" t="s">
+        <v>20</v>
+      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>281</v>
       </c>
       <c r="B123" t="s">
         <v>282</v>
       </c>
       <c r="C123" t="s">
         <v>47</v>
       </c>
       <c r="D123" t="s">
         <v>48</v>
       </c>
       <c r="E123" t="s">
         <v>49</v>
       </c>
       <c r="F123">
         <v>2005</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>283</v>
       </c>
       <c r="B124" t="s">
         <v>284</v>
       </c>
       <c r="C124" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D124" t="s">
         <v>48</v>
       </c>
       <c r="E124" t="s">
         <v>49</v>
       </c>
       <c r="F124">
         <v>2005</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>210</v>
+        <v>103</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>285</v>
       </c>
       <c r="B125" t="s">
         <v>286</v>
       </c>
       <c r="C125" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D125" t="s">
         <v>48</v>
       </c>
       <c r="E125" t="s">
         <v>49</v>
       </c>
       <c r="F125">
         <v>2005</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>287</v>
       </c>
       <c r="B126" t="s">
         <v>288</v>
       </c>
       <c r="C126" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D126" t="s">
         <v>48</v>
       </c>
       <c r="E126" t="s">
         <v>49</v>
       </c>
       <c r="F126">
         <v>2005</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>289</v>
       </c>
       <c r="B127" t="s">
         <v>290</v>
       </c>
       <c r="C127" t="s">
         <v>75</v>
       </c>
       <c r="D127" t="s">
         <v>48</v>
       </c>
       <c r="E127" t="s">
         <v>49</v>
       </c>
       <c r="F127">
         <v>2005</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>62</v>
       </c>
@@ -4871,75 +4873,75 @@
       <c r="C128" t="s">
         <v>75</v>
       </c>
       <c r="D128" t="s">
         <v>48</v>
       </c>
       <c r="E128" t="s">
         <v>49</v>
       </c>
       <c r="F128">
         <v>2005</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>293</v>
       </c>
       <c r="B129" t="s">
         <v>294</v>
       </c>
       <c r="C129" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D129" t="s">
         <v>48</v>
       </c>
       <c r="E129" t="s">
         <v>49</v>
       </c>
       <c r="F129">
         <v>2005</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>295</v>
       </c>
       <c r="B130" t="s">
         <v>296</v>
       </c>
       <c r="C130" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D130" t="s">
         <v>48</v>
       </c>
       <c r="E130" t="s">
         <v>49</v>
       </c>
       <c r="F130">
         <v>2005</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>297</v>
       </c>
       <c r="B131" t="s">
         <v>298</v>
       </c>
       <c r="C131" t="s">
         <v>75</v>
       </c>
@@ -5039,136 +5041,136 @@
       <c r="C135" t="s">
         <v>75</v>
       </c>
       <c r="D135" t="s">
         <v>48</v>
       </c>
       <c r="E135" t="s">
         <v>49</v>
       </c>
       <c r="F135">
         <v>2005</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>307</v>
       </c>
       <c r="B136" t="s">
         <v>308</v>
       </c>
       <c r="C136" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D136" t="s">
         <v>48</v>
       </c>
       <c r="E136" t="s">
         <v>49</v>
       </c>
       <c r="F136">
         <v>2005</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>309</v>
       </c>
       <c r="B137" t="s">
         <v>310</v>
       </c>
       <c r="C137" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D137" t="s">
         <v>48</v>
       </c>
       <c r="E137" t="s">
         <v>49</v>
       </c>
       <c r="F137">
         <v>2005</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>311</v>
       </c>
       <c r="B138" t="s">
         <v>312</v>
       </c>
       <c r="C138" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D138" t="s">
         <v>48</v>
       </c>
       <c r="E138" t="s">
         <v>49</v>
       </c>
       <c r="F138">
         <v>2005</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>313</v>
       </c>
       <c r="B139" t="s">
         <v>314</v>
       </c>
       <c r="C139" t="s">
         <v>47</v>
       </c>
       <c r="D139" t="s">
         <v>48</v>
       </c>
       <c r="E139" t="s">
         <v>49</v>
       </c>
       <c r="F139">
         <v>2005</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>315</v>
       </c>
       <c r="B140" t="s">
         <v>316</v>
       </c>
       <c r="C140" t="s">
         <v>47</v>
       </c>
       <c r="D140" t="s">
         <v>48</v>
       </c>
       <c r="E140" t="s">
         <v>49</v>
       </c>
       <c r="F140">
         <v>2005</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>32</v>
       </c>
@@ -5268,75 +5270,75 @@
       <c r="H144" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>325</v>
       </c>
       <c r="B145" t="s">
         <v>326</v>
       </c>
       <c r="C145" t="s">
         <v>47</v>
       </c>
       <c r="D145" t="s">
         <v>48</v>
       </c>
       <c r="E145" t="s">
         <v>49</v>
       </c>
       <c r="F145">
         <v>2005</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>327</v>
       </c>
       <c r="B146" t="s">
         <v>328</v>
       </c>
       <c r="C146" t="s">
         <v>47</v>
       </c>
       <c r="D146" t="s">
         <v>48</v>
       </c>
       <c r="E146" t="s">
         <v>49</v>
       </c>
       <c r="F146">
         <v>2005</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>329</v>
       </c>
       <c r="B147" t="s">
         <v>330</v>
       </c>
       <c r="C147" t="s">
         <v>47</v>
       </c>
       <c r="D147" t="s">
         <v>48</v>
       </c>
       <c r="E147" t="s">
         <v>49</v>
       </c>
       <c r="F147">
         <v>2005</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>32</v>
       </c>
@@ -5364,51 +5366,51 @@
       <c r="H148" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>333</v>
       </c>
       <c r="B149" t="s">
         <v>334</v>
       </c>
       <c r="C149" t="s">
         <v>47</v>
       </c>
       <c r="D149" t="s">
         <v>48</v>
       </c>
       <c r="E149" t="s">
         <v>49</v>
       </c>
       <c r="F149">
         <v>2005</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>335</v>
       </c>
       <c r="B150" t="s">
         <v>336</v>
       </c>
       <c r="C150" t="s">
         <v>47</v>
       </c>
       <c r="D150" t="s">
         <v>48</v>
       </c>
       <c r="E150" t="s">
         <v>49</v>
       </c>
       <c r="F150">
         <v>2005</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>42</v>
       </c>
@@ -5460,291 +5462,291 @@
       <c r="H152" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>341</v>
       </c>
       <c r="B153" t="s">
         <v>342</v>
       </c>
       <c r="C153" t="s">
         <v>47</v>
       </c>
       <c r="D153" t="s">
         <v>48</v>
       </c>
       <c r="E153" t="s">
         <v>49</v>
       </c>
       <c r="F153">
         <v>2005</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>343</v>
       </c>
       <c r="B154" t="s">
         <v>344</v>
       </c>
       <c r="C154" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D154" t="s">
         <v>48</v>
       </c>
       <c r="E154" t="s">
         <v>49</v>
       </c>
       <c r="F154">
         <v>2005</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>345</v>
       </c>
       <c r="B155" t="s">
         <v>346</v>
       </c>
       <c r="C155" t="s">
         <v>61</v>
       </c>
       <c r="D155" t="s">
         <v>48</v>
       </c>
       <c r="E155" t="s">
         <v>49</v>
       </c>
       <c r="F155">
         <v>2005</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>347</v>
       </c>
       <c r="B156" t="s">
         <v>348</v>
       </c>
       <c r="C156" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D156" t="s">
         <v>48</v>
       </c>
       <c r="E156" t="s">
         <v>49</v>
       </c>
       <c r="F156">
         <v>2005</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>261</v>
+        <v>349</v>
       </c>
       <c r="B157" t="s">
-        <v>262</v>
+        <v>350</v>
       </c>
       <c r="C157" t="s">
         <v>47</v>
       </c>
       <c r="D157" t="s">
         <v>48</v>
       </c>
       <c r="E157" t="s">
         <v>49</v>
       </c>
       <c r="F157">
         <v>2005</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>349</v>
+        <v>263</v>
       </c>
       <c r="B158" t="s">
-        <v>350</v>
+        <v>264</v>
       </c>
       <c r="C158" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="D158" t="s">
         <v>48</v>
       </c>
       <c r="E158" t="s">
         <v>49</v>
       </c>
       <c r="F158">
         <v>2005</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>177</v>
+        <v>76</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>351</v>
       </c>
       <c r="B159" t="s">
         <v>352</v>
       </c>
       <c r="C159" t="s">
-        <v>75</v>
+        <v>157</v>
       </c>
       <c r="D159" t="s">
         <v>48</v>
       </c>
       <c r="E159" t="s">
         <v>49</v>
       </c>
       <c r="F159">
         <v>2005</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>353</v>
       </c>
       <c r="B160" t="s">
         <v>354</v>
       </c>
       <c r="C160" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D160" t="s">
         <v>48</v>
       </c>
       <c r="E160" t="s">
         <v>49</v>
       </c>
       <c r="F160">
         <v>2005</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>210</v>
+        <v>158</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>355</v>
       </c>
       <c r="B161" t="s">
         <v>356</v>
       </c>
       <c r="C161" t="s">
         <v>47</v>
       </c>
       <c r="D161" t="s">
         <v>48</v>
       </c>
       <c r="E161" t="s">
         <v>49</v>
       </c>
       <c r="F161">
         <v>2005</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>76</v>
+        <v>212</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>357</v>
       </c>
       <c r="B162" t="s">
         <v>358</v>
       </c>
       <c r="C162" t="s">
         <v>47</v>
       </c>
       <c r="D162" t="s">
         <v>48</v>
       </c>
       <c r="E162" t="s">
         <v>49</v>
       </c>
       <c r="F162">
         <v>2005</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>359</v>
       </c>
       <c r="B163" t="s">
         <v>360</v>
       </c>
       <c r="C163" t="s">
         <v>47</v>
       </c>
       <c r="D163" t="s">
         <v>48</v>
       </c>
       <c r="E163" t="s">
         <v>49</v>
       </c>
       <c r="F163">
         <v>2005</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>361</v>
       </c>
       <c r="B164" t="s">
         <v>362</v>
       </c>
       <c r="C164" t="s">
         <v>47</v>
       </c>
       <c r="D164" t="s">
         <v>48</v>
       </c>
       <c r="E164" t="s">
         <v>49</v>
       </c>
       <c r="F164">
         <v>2005</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>42</v>
       </c>
@@ -5796,51 +5798,51 @@
       <c r="H166" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>367</v>
       </c>
       <c r="B167" t="s">
         <v>368</v>
       </c>
       <c r="C167" t="s">
         <v>47</v>
       </c>
       <c r="D167" t="s">
         <v>48</v>
       </c>
       <c r="E167" t="s">
         <v>49</v>
       </c>
       <c r="F167">
         <v>2005</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>369</v>
       </c>
       <c r="B168" t="s">
         <v>370</v>
       </c>
       <c r="C168" t="s">
         <v>47</v>
       </c>
       <c r="D168" t="s">
         <v>48</v>
       </c>
       <c r="E168" t="s">
         <v>49</v>
       </c>
       <c r="F168">
         <v>2005</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
         <v>24</v>
       </c>
@@ -5868,363 +5870,363 @@
       <c r="H169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>373</v>
       </c>
       <c r="B170" t="s">
         <v>374</v>
       </c>
       <c r="C170" t="s">
         <v>47</v>
       </c>
       <c r="D170" t="s">
         <v>48</v>
       </c>
       <c r="E170" t="s">
         <v>49</v>
       </c>
       <c r="F170">
         <v>2005</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>375</v>
       </c>
       <c r="B171" t="s">
         <v>376</v>
       </c>
       <c r="C171" t="s">
         <v>47</v>
       </c>
       <c r="D171" t="s">
         <v>48</v>
       </c>
       <c r="E171" t="s">
         <v>49</v>
       </c>
       <c r="F171">
         <v>2005</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>377</v>
       </c>
       <c r="B172" t="s">
         <v>378</v>
       </c>
       <c r="C172" t="s">
         <v>47</v>
       </c>
       <c r="D172" t="s">
         <v>48</v>
       </c>
       <c r="E172" t="s">
         <v>49</v>
       </c>
       <c r="F172">
         <v>2005</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>62</v>
+        <v>158</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>379</v>
       </c>
       <c r="B173" t="s">
         <v>380</v>
       </c>
       <c r="C173" t="s">
         <v>47</v>
       </c>
       <c r="D173" t="s">
         <v>48</v>
       </c>
       <c r="E173" t="s">
         <v>49</v>
       </c>
       <c r="F173">
         <v>2005</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>381</v>
       </c>
       <c r="B174" t="s">
         <v>382</v>
       </c>
       <c r="C174" t="s">
         <v>47</v>
       </c>
       <c r="D174" t="s">
         <v>48</v>
       </c>
       <c r="E174" t="s">
         <v>49</v>
       </c>
       <c r="F174">
         <v>2005</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>383</v>
       </c>
       <c r="B175" t="s">
         <v>384</v>
       </c>
       <c r="C175" t="s">
         <v>47</v>
       </c>
       <c r="D175" t="s">
         <v>48</v>
       </c>
       <c r="E175" t="s">
         <v>49</v>
       </c>
       <c r="F175">
         <v>2005</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>385</v>
       </c>
       <c r="B176" t="s">
         <v>386</v>
       </c>
       <c r="C176" t="s">
         <v>47</v>
       </c>
       <c r="D176" t="s">
         <v>48</v>
       </c>
       <c r="E176" t="s">
         <v>49</v>
       </c>
       <c r="F176">
         <v>2005</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>387</v>
       </c>
       <c r="B177" t="s">
         <v>388</v>
       </c>
       <c r="C177" t="s">
         <v>47</v>
       </c>
       <c r="D177" t="s">
         <v>48</v>
       </c>
       <c r="E177" t="s">
         <v>49</v>
       </c>
       <c r="F177">
         <v>2005</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>389</v>
       </c>
       <c r="B178" t="s">
         <v>390</v>
       </c>
       <c r="C178" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D178" t="s">
         <v>48</v>
       </c>
       <c r="E178" t="s">
         <v>49</v>
       </c>
       <c r="F178">
         <v>2005</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>391</v>
       </c>
       <c r="B179" t="s">
         <v>392</v>
       </c>
       <c r="C179" t="s">
         <v>75</v>
       </c>
       <c r="D179" t="s">
         <v>48</v>
       </c>
       <c r="E179" t="s">
         <v>49</v>
       </c>
       <c r="F179">
         <v>2005</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>393</v>
       </c>
       <c r="B180" t="s">
         <v>394</v>
       </c>
       <c r="C180" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="D180" t="s">
         <v>48</v>
       </c>
       <c r="E180" t="s">
         <v>49</v>
       </c>
       <c r="F180">
         <v>2005</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>395</v>
       </c>
       <c r="B181" t="s">
         <v>396</v>
       </c>
       <c r="C181" t="s">
         <v>61</v>
       </c>
       <c r="D181" t="s">
         <v>48</v>
       </c>
       <c r="E181" t="s">
         <v>49</v>
       </c>
       <c r="F181">
         <v>2005</v>
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>397</v>
       </c>
       <c r="B182" t="s">
         <v>398</v>
       </c>
       <c r="C182" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="D182" t="s">
         <v>48</v>
       </c>
       <c r="E182" t="s">
         <v>49</v>
       </c>
       <c r="F182">
         <v>2005</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>399</v>
       </c>
       <c r="B183" t="s">
         <v>400</v>
       </c>
       <c r="C183" t="s">
         <v>75</v>
       </c>
       <c r="D183" t="s">
         <v>48</v>
       </c>
       <c r="E183" t="s">
         <v>49</v>
       </c>
       <c r="F183">
         <v>2005</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>401</v>
       </c>
       <c r="B184" t="s">
         <v>402</v>
       </c>
       <c r="C184" t="s">
         <v>75</v>
       </c>
       <c r="D184" t="s">
         <v>48</v>
       </c>
       <c r="E184" t="s">
         <v>49</v>
       </c>
       <c r="F184">
         <v>2005</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>158</v>
       </c>
@@ -6250,78 +6252,78 @@
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>405</v>
       </c>
       <c r="B186" t="s">
         <v>406</v>
       </c>
       <c r="C186" t="s">
         <v>75</v>
       </c>
       <c r="D186" t="s">
         <v>48</v>
       </c>
       <c r="E186" t="s">
         <v>49</v>
       </c>
       <c r="F186">
         <v>2005</v>
       </c>
-      <c r="G186" t="s">
-[...2 lines deleted...]
-      <c r="H186"/>
+      <c r="G186"/>
+      <c r="H186" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>407</v>
       </c>
       <c r="B187" t="s">
         <v>408</v>
       </c>
       <c r="C187" t="s">
         <v>75</v>
       </c>
       <c r="D187" t="s">
         <v>48</v>
       </c>
       <c r="E187" t="s">
         <v>49</v>
       </c>
       <c r="F187">
         <v>2005</v>
       </c>
-      <c r="G187"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G187" t="s">
+        <v>20</v>
+      </c>
+      <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>409</v>
       </c>
       <c r="B188" t="s">
         <v>410</v>
       </c>
       <c r="C188" t="s">
         <v>75</v>
       </c>
       <c r="D188" t="s">
         <v>48</v>
       </c>
       <c r="E188" t="s">
         <v>49</v>
       </c>
       <c r="F188">
         <v>2005</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>158</v>
       </c>
     </row>
@@ -6660,51 +6662,51 @@
       <c r="H202" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>439</v>
       </c>
       <c r="B203" t="s">
         <v>440</v>
       </c>
       <c r="C203" t="s">
         <v>75</v>
       </c>
       <c r="D203" t="s">
         <v>48</v>
       </c>
       <c r="E203" t="s">
         <v>49</v>
       </c>
       <c r="F203">
         <v>2005</v>
       </c>
       <c r="G203"/>
       <c r="H203" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>441</v>
       </c>
       <c r="B204" t="s">
         <v>442</v>
       </c>
       <c r="C204" t="s">
         <v>75</v>
       </c>
       <c r="D204" t="s">
         <v>48</v>
       </c>
       <c r="E204" t="s">
         <v>49</v>
       </c>
       <c r="F204">
         <v>2005</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
         <v>24</v>
       </c>
@@ -6863,409 +6865,433 @@
       <c r="C211" t="s">
         <v>75</v>
       </c>
       <c r="D211" t="s">
         <v>48</v>
       </c>
       <c r="E211" t="s">
         <v>49</v>
       </c>
       <c r="F211">
         <v>2005</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>457</v>
       </c>
       <c r="B212" t="s">
         <v>458</v>
       </c>
       <c r="C212" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D212" t="s">
         <v>48</v>
       </c>
       <c r="E212" t="s">
         <v>49</v>
       </c>
       <c r="F212">
         <v>2005</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>459</v>
       </c>
       <c r="B213" t="s">
         <v>460</v>
       </c>
       <c r="C213" t="s">
         <v>47</v>
       </c>
       <c r="D213" t="s">
         <v>48</v>
       </c>
       <c r="E213" t="s">
         <v>49</v>
       </c>
       <c r="F213">
         <v>2005</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>461</v>
       </c>
       <c r="B214" t="s">
         <v>462</v>
       </c>
       <c r="C214" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D214" t="s">
         <v>48</v>
       </c>
       <c r="E214" t="s">
         <v>49</v>
       </c>
       <c r="F214">
         <v>2005</v>
       </c>
       <c r="G214"/>
-      <c r="H214"/>
+      <c r="H214" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>463</v>
       </c>
       <c r="B215" t="s">
         <v>464</v>
       </c>
       <c r="C215" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D215" t="s">
         <v>48</v>
       </c>
       <c r="E215" t="s">
         <v>49</v>
       </c>
       <c r="F215">
         <v>2005</v>
       </c>
       <c r="G215"/>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>465</v>
       </c>
       <c r="B216" t="s">
         <v>466</v>
       </c>
       <c r="C216" t="s">
         <v>47</v>
       </c>
       <c r="D216" t="s">
         <v>48</v>
       </c>
       <c r="E216" t="s">
         <v>49</v>
       </c>
       <c r="F216">
         <v>2005</v>
       </c>
       <c r="G216"/>
-      <c r="H216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>467</v>
+      </c>
+      <c r="B217" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="C217" t="s">
         <v>47</v>
       </c>
       <c r="D217" t="s">
         <v>48</v>
       </c>
       <c r="E217" t="s">
         <v>49</v>
       </c>
       <c r="F217">
         <v>2005</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>24</v>
+        <v>469</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>470</v>
       </c>
       <c r="B218" t="s">
         <v>471</v>
       </c>
       <c r="C218" t="s">
         <v>47</v>
       </c>
       <c r="D218" t="s">
         <v>48</v>
       </c>
       <c r="E218" t="s">
         <v>49</v>
       </c>
       <c r="F218">
         <v>2005</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>472</v>
       </c>
       <c r="B219" t="s">
         <v>473</v>
       </c>
       <c r="C219" t="s">
         <v>47</v>
       </c>
       <c r="D219" t="s">
         <v>48</v>
       </c>
       <c r="E219" t="s">
         <v>49</v>
       </c>
       <c r="F219">
         <v>2005</v>
       </c>
       <c r="G219"/>
-      <c r="H219"/>
+      <c r="H219" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>474</v>
       </c>
       <c r="B220" t="s">
-        <v>256</v>
+        <v>475</v>
       </c>
       <c r="C220" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D220" t="s">
         <v>48</v>
       </c>
       <c r="E220" t="s">
         <v>49</v>
       </c>
       <c r="F220">
         <v>2005</v>
       </c>
       <c r="G220"/>
-      <c r="H220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H220"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B221" t="s">
-        <v>476</v>
+        <v>258</v>
       </c>
       <c r="C221" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D221" t="s">
         <v>48</v>
       </c>
       <c r="E221" t="s">
         <v>49</v>
       </c>
       <c r="F221">
         <v>2005</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>477</v>
       </c>
       <c r="B222" t="s">
-        <v>248</v>
+        <v>478</v>
       </c>
       <c r="C222" t="s">
         <v>47</v>
       </c>
       <c r="D222" t="s">
         <v>48</v>
       </c>
       <c r="E222" t="s">
         <v>49</v>
       </c>
       <c r="F222">
         <v>2005</v>
       </c>
       <c r="G222"/>
-      <c r="H222"/>
+      <c r="H222" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B223" t="s">
-        <v>479</v>
+        <v>250</v>
       </c>
       <c r="C223" t="s">
         <v>47</v>
       </c>
       <c r="D223" t="s">
         <v>48</v>
       </c>
       <c r="E223" t="s">
         <v>49</v>
       </c>
       <c r="F223">
         <v>2005</v>
       </c>
       <c r="G223"/>
       <c r="H223"/>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>480</v>
       </c>
       <c r="B224" t="s">
-        <v>256</v>
+        <v>481</v>
       </c>
       <c r="C224" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D224" t="s">
         <v>48</v>
       </c>
       <c r="E224" t="s">
         <v>49</v>
       </c>
       <c r="F224">
         <v>2005</v>
       </c>
       <c r="G224"/>
       <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B225" t="s">
-        <v>482</v>
+        <v>258</v>
       </c>
       <c r="C225" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D225" t="s">
         <v>48</v>
       </c>
       <c r="E225" t="s">
         <v>49</v>
       </c>
       <c r="F225">
         <v>2005</v>
       </c>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>483</v>
       </c>
       <c r="B226" t="s">
-        <v>258</v>
+        <v>484</v>
       </c>
       <c r="C226" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D226" t="s">
         <v>48</v>
       </c>
       <c r="E226" t="s">
         <v>49</v>
       </c>
       <c r="F226">
         <v>2005</v>
       </c>
       <c r="G226"/>
-      <c r="H226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B227" t="s">
-        <v>485</v>
+        <v>260</v>
       </c>
       <c r="C227" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D227" t="s">
         <v>48</v>
       </c>
       <c r="E227" t="s">
         <v>49</v>
       </c>
       <c r="F227">
         <v>2005</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>486</v>
+      </c>
+      <c r="B228" t="s">
+        <v>487</v>
+      </c>
+      <c r="C228" t="s">
+        <v>47</v>
+      </c>
+      <c r="D228" t="s">
+        <v>48</v>
+      </c>
+      <c r="E228" t="s">
+        <v>49</v>
+      </c>
+      <c r="F228">
+        <v>2005</v>
+      </c>
+      <c r="G228"/>
+      <c r="H228" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>