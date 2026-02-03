--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -92,101 +92,101 @@
   <si>
     <t>Ley 2/2004, de 24 de mayo, de modificación de la Ley 1/2001, de 24 de abril, del Suelo de la Región de Murcia. BOE 199, de 20 de agosto de 2005</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-mc/l/2004/05/24/2</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Ley 5/2004, de 21 de diciembre, de declaración del Parque Natural de Hoces del Río Riaza (Segovia). BOE 14, de 17 de enero de 2005</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2004/12/21/5</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Ley 2/2004, de 31 de mayo, de medidas fiscales y administrativas. BOCM 129 de 01/06/2004</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-md/l/2004/05/31/2</t>
   </si>
   <si>
+    <t>Decreto 98/2004, de 9 de marzo, por el que se crea el Inventario de Humedales de Andalucía y el Comité Andaluz de Humedales. BOJA 66 de 05 de abril de 2004</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2004/66/2</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Orden de 15 de diciembre 2004 por la que se regula el Régimen Jurídico y el Procedimiento de Concesión de Licencia de Uso de la marca Parque Natural de Andalucía. BOJA 19 de 28/01/2005</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2005/19/2</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Decreto 58/2004, de 9 de marzo, del Gobierno de Aragón, por el que se aprueba el Catálogo de Montes de Utilidad Pública de la provincia de Zaragoza. BOA 38 de 31 de marzo de 2004</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VERDOC&amp;BASE=BZHT&amp;PIECE=BOLE&amp;DOCR=1&amp;SEC=BUSQUEDA_AVANZADA&amp;RNG=10&amp;SORT=-PUBL&amp;SEPARADOR=&amp;&amp;TITU=Decreto+58/2004+&amp;SECC-C=BOA+O+DISPOSICIONES+O+PERSONal+O+AcuerdoS+O+JUSTICIA+O+AnuncioS</t>
+  </si>
+  <si>
+    <t>Decreto 89/2004, de 29 de julio, por el que se establece el Operativo de lucha contra incendios forestales de Castilla y León y se regula el sistema de guardias. BOCyL 146 de 30 de julio de 2004</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2004/07/30/pdf/BOCYL-D-30072004-1.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 2 de septiembre de 2004, que aprueba la revisión del Catálogo de Embalses y Humedales de la Comunidad de Madrid. BOCM 220 de 15 de septiembre de 2004</t>
+  </si>
+  <si>
+    <t>https://gestiona.comunidad.madrid/wleg_pub/secure/Normativas/contenidoNormativa.jsf?idNorma=3322#no-back-button</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
     <t>Comunidad de Madrid</t>
   </si>
   <si>
-    <t>Decreto 98/2004, de 9 de marzo, por el que se crea el Inventario de Humedales de Andalucía y el Comité Andaluz de Humedales. BOJA 66 de 05 de abril de 2004</t>
-[...46 lines deleted...]
-  <si>
     <t>Orden 1055/2004, de 24 de junio, del Consejero de Medio Ambiente y Ordenación del Territorio, por la que se regulan las licencias de caza y pesca en el territorio de la Comunidad de Madrid. BOCM 136 de 8 de junio de 2012</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/rlma_web/html/web/Descarga.icm?ver=S&amp;idLegislacion=2232&amp;idDocumento=1</t>
   </si>
   <si>
     <t>Decreto 32/2004, de 27 de febrero, del Consell de la Generalitat, por el que se crea y regula el Catálogo Valenciano de Especies de Fauna Amenazadas, y se establecen categorías y Normas para su protección. DOGV  4705, de 04/03/2004.</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/03/04/pdf/2004_2170.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Decreto 265/2004, de 3 de diciembre, del Consell de la Generalitat, por el que se aprueba el Plan de Recuperación del Samaruc en la Comunidad Valenciana. DOGV 4902, de 14 de diciembre de 2004.</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/12/14/pdf/2004_12655.pdf</t>
   </si>
   <si>
     <t>Orden de 27 de mayo de 2004, por la que se aprueba el Plan de Recuperación del Lince Ibérico en Extremadura. COE 69 de 17 de junio de 2004</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2004/690o/04050307.pdf</t>
@@ -401,80 +401,74 @@
   <si>
     <t>https://www.juntadeandalucia.es/boja/2005/10/2</t>
   </si>
   <si>
     <t>Acuerdo de 27 de enero de 2004, del Consejo de Gobierno, por el que se aprueban los Planes de Desarrollo Sostenible de los Parques Naturales Cabo de Gata-Níjar, Sierras Subbéticas y Sierra de Aracena y Picos de Aroche. BOJA 45, 05/03/2004</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2004/45/d1.pdf</t>
   </si>
   <si>
     <t>Acuerdo de 9 de marzo de 2004, del Consejo de Gobierno, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural de Sierra Nevada. BOJA 60 de 26 de marzo de 2004.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2004/60/d2.pdf</t>
   </si>
   <si>
     <t>Anuncio de 14 de diciembre de 2004, por el que se somete al trámite de participación ciudadana el Avance del Plan Rector de Uso y Gestión del Parque Natural de Majona (La Gomera), aprobado mediante Resolución de 2 de junio de 2004. BOC 247, de 22 de Diciembre de 2004.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2004/247/017.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 100/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural de Sierra de Huétor. BOJA 69, 08/04/2004.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2004/69/d5.pdf</t>
   </si>
   <si>
     <t>Decreto 101/2004, de 9 de marzo, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Baza. BOJA 78, de 22/04/2004.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2004/78/d2.pdf</t>
   </si>
   <si>
     <t>Decreto 121/2004, de 16 de julio, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales y la revisión del Plan Rector de Uso y Gestión del Parc Natural del Carrascal de la Font Roja. DOGV 4801 de 20/07/2004.</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/07/20/pdf/2004_7516.pdf</t>
   </si>
   <si>
     <t>Decreto 2/2004, de 15 de enero, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parque Natural Collados del Asón. BOC 17, de 27/01/2004.</t>
   </si>
   <si>
     <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=60770</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 258/2004, de 19 de noviembre, del consell de la Generalitat, por el que se modifica el Decreto 81/1993, de 31 de mayo, del Consell de la Generalitat Valenciana, de Régimen Jurídico del Parque de l'albufera. DOGV núm. 4890, de 24-11-2004</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/11/24/pdf/2004_11940.pdf</t>
   </si>
   <si>
     <t>Decreto 259/2004, de 19 de noviembre, del Consell de la Generalitat, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de l'albufera. DOGV 4890 de 24/11/2004</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/11/24/pdf/2004_11941.pdf</t>
   </si>
   <si>
     <t>Decreto 280/2004, de 17 de diciembre, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Parc Natural del Marjal de Pego-Oliva. DOGV 4910. 24,12,2004</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2004/12/24/pdf/2004_13219.pdf</t>
   </si>
   <si>
     <t>Decreto 4/2004, de 13 de enero, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierras Subbéticas. BOJA 38 de 25/02/2004</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2004/38/d1.pdf</t>
   </si>
   <si>
     <t>Decreto 48/2004, de 10 de febrero, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Doñana. BOJA 44, de 4 marzo de 2004.</t>
@@ -608,123 +602,114 @@
   <si>
     <t>Resolución de 27 de diciembre de 2004, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 5 de abril de 2004, que aprueba definitivamente el Plan Director de la Reserva Natural Especial de Barranco del Infierno (Tenerife). BOC 7 de 12 de Enero de 2005.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2005/007/003.html</t>
   </si>
   <si>
     <t>Resolución de 27 de septiembre de 2004, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 28 de julio de 2004, que aprueba definitivamente el Plan Especial del Paisaje Protegido de Las Siete Lomas (Tenerife). BOC 194 de 6 de Octubre de 2004.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2004/194/003.html</t>
   </si>
   <si>
     <t>Resolución de 30 de noviembre de 2004, relativa al Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 2 de junio de 2004, por el que se aprueba definitivamente el Plan Director de la Reserva Natural Especial del Malpaís de La Rasca (Tenerife). BOC 241 de 14 de Diciembre de 2004</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2004/241/004.html</t>
   </si>
   <si>
     <t>Resolución de 4 de mayo de 2004, de la Consejería de Medio Ambiente, Ordenación del Territorio e Infraestructuras, por la que se aprueban el Plan Protector y el Plan de Desarrollo Sostenible del Paisaje Protegido de las Cuencas Mineras. BOPA 114, 18 de mayo de 2004</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION08/66/4/001U0026KT0002.pdf</t>
   </si>
   <si>
-    <t>Principado de Asturias</t>
-[...1 lines deleted...]
-  <si>
     <t>Resolución de 6 de febrero de 2004, del Organismo Autónomo de Parques Nacionales, por la que se hace público el Acuerdo del Consejo de Ministros de 6 de febrero de 2004, por el que se amplían los límites del Parque Nacional de Doñana por incorporación de terrenos colindantes al mismo. BOE 47 de 24/02/2004</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/res/2004/02/06/(2)</t>
   </si>
   <si>
     <t>Resolución de 9 de diciembre de 2004, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 7 de octubre de 2004, relativo a la aprobación definitiva del Plan Especial Reserva Natural Especial de las Dunas de Maspalomas (C-7), término municipal de San Bartolomé de Tirajana (Gran Canaria). BOC 245 de 20 de Diciembre de 2004.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2004/245/003.html</t>
   </si>
   <si>
     <t>Resolución de la Dirección General de la Red de Espacios Naturales Protegidos y Servicios Ambientales de 19 de enero de 2004, por la que se aprueba el programa de uso público del Parque Natural Sierra de Aracena y Picos de Aroche.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/textoAracena.pdf</t>
   </si>
   <si>
     <t>Resolución del Director General de la red de espacios naturales protegidos y servicios ambientales, de 4 de febrero de 2004, por la que se aprueba el Programa de Uso Público del Parque Natural Sierra de las Nieves.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/parte1Nieves.pdf</t>
   </si>
   <si>
     <t>Resolución MAH/1686/2004, de 4 de junio, por la que se hace público el Acuerdo del Gobierno de 25 de mayo de 2004, por el que se aprueba definitivamente el Plan especial de protección del medio natural y del paisaje de La Conreria-Sant Mateu-Céllecs. BOGC 4154</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=346310</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Resolución de 1 de abril de 2004, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 2 de febrero de 2004, relativo a la aprobación definitiva del Plan Director de la Reserva Natural Integral del Barranco Oscuro (C-2), términos municipales de Moya y Valleseco (Gran Canaria). BOC 72 de 15 de abril de 2004</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2004/072/007.html</t>
   </si>
   <si>
     <t>Plan de Ordenación de los Recursos Naturales del ámbito Los alcornocales y Plan Rector de Uso y Gestión del Parque Natural Los alcornocales. BOJA 88 de 06/05/2004</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/medioambiente/portal/areas-tematicas/espacios-protegidos/gestion-espacios-protegidos/porn-prug-planes-de-gestion/documentos-aprobados/parque-natural-los-alcornocales</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Acuerdo del Consejo de la Xunta de Galicia de 2 de abril de 2004.</t>
   </si>
   <si>
     <t>Decreto 65/2004, de 2 de julio, por el que se aprueba el Plan de Recuperación de la Pardela balear Puffinus  spss, en las Illes Balears (BOIB nº 97, de 13.07.2004)</t>
   </si>
   <si>
     <t>Orden Foral de 12 de mayo de 2004, por la que se aprueba el Plan de Gestión del Visón Europeo Mustela lutreola (Linnaeus, 1761) en el Territorio Histórico de Gipuzkoa.(BOTHG 100,28/05/04)</t>
   </si>
   <si>
     <t>https://egoitza.gipuzkoa.eus/gao-bog/castell/bog/2004/05/28/c0404878.htm</t>
   </si>
   <si>
     <t>Decreto 234/2004 de 16 de noviembre, del Gobierno de Aragón, por el que se establece un régimen de protección para el Zapatito de dama, Cypripedium calceolus.L, y se aprueba su Plan de Recuperación.(BOA nº 141, 01.12.2004)</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=172121453128&amp;type=pdf</t>
   </si>
   <si>
     <t>Orden Foral de 12 de mayo de 2004, por la que se aprueba el Plande Gestión del Desmán del Pirineo Galemys  Pirenaicus (E.Geoffroy, 1811) en el Territorio Histórico de Gipuzkoa. (BOG nº 100, 28.05.2004)</t>
-  </si>
-[...1 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Corrección de errores del Decreto 122/2004, de 31 de agosto, por el que se aprueba definitivamente el Plan de Recuperación del Lagarto Gigante de El Hierro (Gallotia Simonyi).</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2004/196/boc-2004-196-004.pdf</t>
   </si>
   <si>
     <t>Orden de 27 de mayo de 2004, por la que se aprueba el Plan de Recuperación del Lince Ibérico (Lynx pardinus) en Extremadura. (DOE nº 69, 17.06.2004)</t>
   </si>
   <si>
     <t>Orden Foral 880/2004, de 27 de octubre, por la que se aprueba el Plan de Gestión de la Nutria Lutra lutra (Linnaeus, 1758) en el Territorio Histórico de Álava. (BOTHA nº 136, 24.11.2004)</t>
   </si>
   <si>
     <t>Decreto 265/2004, de 3 de diciembre, del Consell de la Generalitat , por el que se aprueba el Plan de Recuperación del Samaruc en La Comunidad Valenciana. (DOGV nº 4.902, 14.12.2004)</t>
   </si>
   <si>
     <t>https://dogv.gva.es/va/eli/es-vc/d/2004/12/03/265/spa/</t>
   </si>
   <si>
     <t>Decreto 122/2004, de 31 de agosto, por el que se aprueba definitivamente el Plan de Recuperación del Lagarto Gigante de El Hierro (Gallotia Simonyi)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2004/188/boc-2004-188-003.pdf</t>
   </si>
@@ -1208,2293 +1193,2195 @@
         <v>2004</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6">
         <v>2004</v>
       </c>
       <c r="G6"/>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
         <v>27</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F7">
         <v>2004</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
         <v>33</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>34</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F8">
         <v>2004</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
         <v>36</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F9">
         <v>2004</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>38</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F10">
         <v>2004</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F11">
         <v>2004</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>44</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F12">
         <v>2004</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F13">
         <v>2004</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F14">
         <v>2004</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F15">
         <v>2004</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F16">
         <v>2004</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F17">
         <v>2004</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>59</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F18">
         <v>2004</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>62</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F19">
         <v>2004</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>64</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F20">
         <v>2004</v>
       </c>
       <c r="G20" t="s">
         <v>66</v>
       </c>
       <c r="H20" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F21">
         <v>2004</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>69</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F22">
         <v>2004</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F23">
         <v>2004</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>72</v>
       </c>
       <c r="B24" t="s">
         <v>73</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D24" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F24">
         <v>2004</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>76</v>
       </c>
       <c r="D25" t="s">
         <v>77</v>
       </c>
       <c r="E25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F25">
         <v>2004</v>
       </c>
       <c r="G25" t="s">
         <v>78</v>
       </c>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>79</v>
       </c>
       <c r="B26" t="s">
         <v>80</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E26" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F26">
         <v>2004</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>82</v>
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E27" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F27">
         <v>2004</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>84</v>
       </c>
       <c r="B28" t="s">
         <v>85</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E28" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F28">
         <v>2004</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>87</v>
       </c>
       <c r="B29" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F29">
         <v>2004</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>89</v>
       </c>
       <c r="B30" t="s">
         <v>90</v>
       </c>
       <c r="C30" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E30" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F30">
         <v>2004</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>91</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F31">
         <v>2004</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E32" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F32">
         <v>2004</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>95</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F33">
         <v>2004</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>97</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F34">
         <v>2004</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>99</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E35" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F35">
         <v>2004</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>101</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E36" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F36">
         <v>2004</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>103</v>
       </c>
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D37" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E37" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F37">
         <v>2004</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>105</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D38" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E38" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F38">
         <v>2004</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>107</v>
       </c>
       <c r="B39" t="s">
         <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E39" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F39">
         <v>2004</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>109</v>
       </c>
       <c r="B40" t="s">
         <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D40" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E40" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F40">
         <v>2004</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>111</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D41" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E41" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F41">
         <v>2004</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>113</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F42">
         <v>2004</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>116</v>
       </c>
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E43" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F43">
         <v>2004</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>118</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D44" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E44" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F44">
         <v>2004</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>120</v>
       </c>
       <c r="B45" t="s">
         <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F45">
         <v>2004</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>122</v>
       </c>
       <c r="B46" t="s">
         <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D46" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E46" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F46">
         <v>2004</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>124</v>
       </c>
       <c r="B47" t="s">
         <v>125</v>
       </c>
       <c r="C47" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E47" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F47">
         <v>2004</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>126</v>
       </c>
       <c r="B48" t="s">
         <v>127</v>
       </c>
       <c r="C48" t="s">
         <v>128</v>
       </c>
       <c r="D48" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F48">
         <v>2004</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>129</v>
+      </c>
+      <c r="B49" t="s">
         <v>130</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F49">
         <v>2004</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>131</v>
+      </c>
+      <c r="B50" t="s">
         <v>132</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D50" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E50" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F50">
         <v>2004</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>133</v>
+      </c>
+      <c r="B51" t="s">
         <v>134</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D51" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E51" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F51">
         <v>2004</v>
       </c>
       <c r="G51"/>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>135</v>
+      </c>
+      <c r="B52" t="s">
         <v>136</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D52" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E52" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F52">
         <v>2004</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B53" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D53" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F53">
         <v>2004</v>
       </c>
       <c r="G53"/>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B54" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C54" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D54" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E54" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F54">
         <v>2004</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B55" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C55" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E55" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F55">
         <v>2004</v>
       </c>
       <c r="G55"/>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B56" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C56" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E56" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F56">
         <v>2004</v>
       </c>
       <c r="G56"/>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B57" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C57" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D57" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E57" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F57">
         <v>2004</v>
       </c>
       <c r="G57"/>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B58" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C58" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D58" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E58" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F58">
         <v>2004</v>
       </c>
       <c r="G58"/>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B59" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C59" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D59" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E59" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F59">
         <v>2004</v>
       </c>
       <c r="G59"/>
-      <c r="H59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C60" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D60" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E60" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F60">
         <v>2004</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B61" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C61" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D61" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E61" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F61">
         <v>2004</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B62" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C62" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D62" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E62" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F62">
         <v>2004</v>
       </c>
       <c r="G62"/>
-      <c r="H62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>113</v>
       </c>
       <c r="B63" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D63" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E63" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F63">
         <v>2004</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D64" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E64" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F64">
         <v>2004</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B65" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D65" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E65" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F65">
         <v>2004</v>
       </c>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B66" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C66" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D66" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E66" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F66">
         <v>2004</v>
       </c>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B67" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C67" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D67" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E67" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F67">
         <v>2004</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B68" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C68" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D68" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E68" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F68">
         <v>2004</v>
       </c>
       <c r="G68"/>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B69" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C69" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D69" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E69" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F69">
         <v>2004</v>
       </c>
       <c r="G69"/>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B70" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C70" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D70" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E70" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F70">
         <v>2004</v>
       </c>
       <c r="G70"/>
-      <c r="H70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C71" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D71" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E71" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F71">
         <v>2004</v>
       </c>
       <c r="G71"/>
-      <c r="H71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B72" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C72" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D72" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F72">
         <v>2004</v>
       </c>
       <c r="G72"/>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B73" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C73" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D73" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E73" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F73">
         <v>2004</v>
       </c>
       <c r="G73"/>
-      <c r="H73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B74" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C74" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D74" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E74" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F74">
         <v>2004</v>
       </c>
       <c r="G74"/>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C75" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D75" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E75" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F75">
         <v>2004</v>
       </c>
       <c r="G75"/>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B76" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C76" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E76" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F76">
         <v>2004</v>
       </c>
       <c r="G76"/>
-      <c r="H76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B77" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C77" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D77" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E77" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F77">
         <v>2004</v>
       </c>
       <c r="G77"/>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B78" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C78" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D78" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E78" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F78">
         <v>2004</v>
       </c>
       <c r="G78"/>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B79" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C79" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D79" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E79" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F79">
         <v>2004</v>
       </c>
       <c r="G79"/>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B80" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C80" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D80" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E80" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F80">
         <v>2004</v>
       </c>
       <c r="G80"/>
-      <c r="H80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B81" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C81" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D81" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E81" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F81">
         <v>2004</v>
       </c>
       <c r="G81"/>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B82" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C82" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D82" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E82" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F82">
         <v>2004</v>
       </c>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C83" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D83" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E83" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F83">
         <v>2004</v>
       </c>
       <c r="G83"/>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C84" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D84" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E84" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F84">
         <v>2004</v>
       </c>
       <c r="G84"/>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B85" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C85" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E85" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F85">
         <v>2004</v>
       </c>
       <c r="G85"/>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B86" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C86" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D86" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E86" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F86">
         <v>2004</v>
       </c>
       <c r="G86"/>
-      <c r="H86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B87" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C87" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E87" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F87">
         <v>2004</v>
       </c>
       <c r="G87"/>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B88" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C88" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D88" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E88" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F88">
         <v>2004</v>
       </c>
       <c r="G88"/>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C89" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E89" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F89">
         <v>2004</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B90"/>
       <c r="C90" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D90" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E90" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F90">
         <v>2004</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B91" t="s">
         <v>54</v>
       </c>
       <c r="C91" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D91" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E91" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F91">
         <v>2004</v>
       </c>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B92" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C92" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D92" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E92" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F92">
         <v>2004</v>
       </c>
       <c r="G92"/>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B93" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C93" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D93" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E93" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F93">
         <v>2004</v>
       </c>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B94" t="s">
         <v>68</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D94" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E94" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F94">
         <v>2004</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B95" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C95" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D95" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E95" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F95">
         <v>2004</v>
       </c>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B96" t="s">
         <v>51</v>
       </c>
       <c r="C96" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D96" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E96" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F96">
         <v>2004</v>
       </c>
       <c r="G96"/>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B97" t="s">
         <v>65</v>
       </c>
       <c r="C97" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E97" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F97">
         <v>2004</v>
       </c>
       <c r="G97"/>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B98" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C98" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D98" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E98" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F98">
         <v>2004</v>
       </c>
       <c r="G98"/>
-      <c r="H98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B99" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C99" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E99" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F99">
         <v>2004</v>
       </c>
       <c r="G99"/>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B100" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C100" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D100" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E100" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F100">
         <v>2004</v>
       </c>
       <c r="G100"/>
       <c r="H100"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">