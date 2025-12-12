--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -2294,51 +2294,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -2346,117 +2346,117 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2003</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>99</v>
       </c>
       <c r="B39" t="s">
         <v>100</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>101</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39">
         <v>2003</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
@@ -2698,51 +2698,51 @@
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>123</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>21</v>
       </c>
       <c r="E51" t="s">
         <v>22</v>
       </c>
       <c r="F51">
         <v>2003</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>125</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>21</v>
       </c>
       <c r="E52" t="s">
         <v>22</v>
       </c>
       <c r="F52">
         <v>2003</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="53" spans="1:8">
@@ -3384,75 +3384,75 @@
         <v>31</v>
       </c>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>185</v>
       </c>
       <c r="B80" t="s">
         <v>186</v>
       </c>
       <c r="C80" t="s">
         <v>26</v>
       </c>
       <c r="D80" t="s">
         <v>43</v>
       </c>
       <c r="E80" t="s">
         <v>39</v>
       </c>
       <c r="F80">
         <v>2003</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>187</v>
       </c>
       <c r="B81" t="s">
         <v>188</v>
       </c>
       <c r="C81" t="s">
         <v>29</v>
       </c>
       <c r="D81" t="s">
         <v>43</v>
       </c>
       <c r="E81" t="s">
         <v>39</v>
       </c>
       <c r="F81">
         <v>2003</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>189</v>
       </c>
       <c r="B82" t="s">
         <v>190</v>
       </c>
       <c r="C82" t="s">
         <v>29</v>
       </c>
       <c r="D82" t="s">
         <v>43</v>
       </c>
       <c r="E82" t="s">
         <v>39</v>
       </c>
       <c r="F82">
         <v>2003</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>15</v>
       </c>
@@ -3624,51 +3624,51 @@
       <c r="H89" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>203</v>
       </c>
       <c r="B90" t="s">
         <v>204</v>
       </c>
       <c r="C90" t="s">
         <v>26</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90">
         <v>2003</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>205</v>
       </c>
       <c r="B91" t="s">
         <v>206</v>
       </c>
       <c r="C91" t="s">
         <v>26</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91">
         <v>2003</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>63</v>
       </c>
@@ -3840,51 +3840,51 @@
       <c r="H98" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>221</v>
       </c>
       <c r="B99" t="s">
         <v>222</v>
       </c>
       <c r="C99" t="s">
         <v>26</v>
       </c>
       <c r="D99" t="s">
         <v>43</v>
       </c>
       <c r="E99" t="s">
         <v>39</v>
       </c>
       <c r="F99">
         <v>2003</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>223</v>
       </c>
       <c r="B100" t="s">
         <v>224</v>
       </c>
       <c r="C100" t="s">
         <v>26</v>
       </c>
       <c r="D100" t="s">
         <v>43</v>
       </c>
       <c r="E100" t="s">
         <v>39</v>
       </c>
       <c r="F100">
         <v>2003</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>121</v>
       </c>
@@ -5016,51 +5016,51 @@
       <c r="H147" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>319</v>
       </c>
       <c r="B148" t="s">
         <v>320</v>
       </c>
       <c r="C148" t="s">
         <v>26</v>
       </c>
       <c r="D148" t="s">
         <v>43</v>
       </c>
       <c r="E148" t="s">
         <v>39</v>
       </c>
       <c r="F148">
         <v>2003</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>321</v>
       </c>
       <c r="B149" t="s">
         <v>322</v>
       </c>
       <c r="C149" t="s">
         <v>26</v>
       </c>
       <c r="D149" t="s">
         <v>43</v>
       </c>
       <c r="E149" t="s">
         <v>39</v>
       </c>
       <c r="F149">
         <v>2003</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>44</v>
       </c>
@@ -5112,51 +5112,51 @@
       <c r="H151" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>327</v>
       </c>
       <c r="B152" t="s">
         <v>328</v>
       </c>
       <c r="C152" t="s">
         <v>26</v>
       </c>
       <c r="D152" t="s">
         <v>43</v>
       </c>
       <c r="E152" t="s">
         <v>39</v>
       </c>
       <c r="F152">
         <v>2003</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>329</v>
       </c>
       <c r="B153" t="s">
         <v>330</v>
       </c>
       <c r="C153" t="s">
         <v>42</v>
       </c>
       <c r="D153" t="s">
         <v>43</v>
       </c>
       <c r="E153" t="s">
         <v>39</v>
       </c>
       <c r="F153">
         <v>2003</v>
       </c>
       <c r="G153" t="s">
         <v>31</v>
       </c>
       <c r="H153"/>
@@ -5352,51 +5352,51 @@
       <c r="H161" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>347</v>
       </c>
       <c r="B162" t="s">
         <v>348</v>
       </c>
       <c r="C162" t="s">
         <v>29</v>
       </c>
       <c r="D162" t="s">
         <v>43</v>
       </c>
       <c r="E162" t="s">
         <v>39</v>
       </c>
       <c r="F162">
         <v>2003</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>349</v>
       </c>
       <c r="B163" t="s">
         <v>350</v>
       </c>
       <c r="C163" t="s">
         <v>29</v>
       </c>
       <c r="D163" t="s">
         <v>43</v>
       </c>
       <c r="E163" t="s">
         <v>39</v>
       </c>
       <c r="F163">
         <v>2003</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
       <c r="H163" t="s">