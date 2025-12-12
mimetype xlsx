--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -3155,51 +3155,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -3251,51 +3251,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -3347,51 +3347,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -3419,51 +3419,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -4717,51 +4717,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5501,75 +5501,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -5913,51 +5913,51 @@
       </c>
       <c r="E168" t="s">
         <v>98</v>
       </c>
       <c r="F168">
         <v>2014</v>
       </c>
       <c r="G168" t="s">
         <v>128</v>
       </c>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>336</v>
       </c>
       <c r="B169"/>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169">
         <v>2003</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>337</v>
       </c>
       <c r="B170" t="s">
         <v>338</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>339</v>
       </c>
       <c r="E170" t="s">
         <v>340</v>
       </c>
       <c r="F170">
         <v>2003</v>
       </c>
       <c r="G170" t="s">
         <v>341</v>
       </c>
       <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
@@ -6111,51 +6111,51 @@
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>360</v>
       </c>
       <c r="B178" t="s">
         <v>361</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>348</v>
       </c>
       <c r="E178" t="s">
         <v>345</v>
       </c>
       <c r="F178">
         <v>2003</v>
       </c>
       <c r="G178"/>
       <c r="H178" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>360</v>
       </c>
       <c r="B179" t="s">
         <v>361</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>348</v>
       </c>
       <c r="E179" t="s">
         <v>345</v>
       </c>
       <c r="F179">
         <v>2003</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="180" spans="1:8">
@@ -6199,51 +6199,51 @@
       </c>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>365</v>
       </c>
       <c r="B182" t="s">
         <v>366</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>348</v>
       </c>
       <c r="E182" t="s">
         <v>345</v>
       </c>
       <c r="F182">
         <v>2003</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>367</v>
       </c>
       <c r="B183" t="s">
         <v>368</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>348</v>
       </c>
       <c r="E183" t="s">
         <v>345</v>
       </c>
       <c r="F183">
         <v>2003</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="184" spans="1:8">
@@ -6379,51 +6379,51 @@
       <c r="H189" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>381</v>
       </c>
       <c r="B190" t="s">
         <v>382</v>
       </c>
       <c r="C190" t="s">
         <v>96</v>
       </c>
       <c r="D190" t="s">
         <v>97</v>
       </c>
       <c r="E190" t="s">
         <v>98</v>
       </c>
       <c r="F190">
         <v>2003</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>383</v>
       </c>
       <c r="B191" t="s">
         <v>384</v>
       </c>
       <c r="C191" t="s">
         <v>315</v>
       </c>
       <c r="D191" t="s">
         <v>97</v>
       </c>
       <c r="E191" t="s">
         <v>98</v>
       </c>
       <c r="F191">
         <v>2003</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
         <v>351</v>
       </c>
@@ -6885,123 +6885,123 @@
         <v>128</v>
       </c>
       <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>423</v>
       </c>
       <c r="B211" t="s">
         <v>424</v>
       </c>
       <c r="C211" t="s">
         <v>96</v>
       </c>
       <c r="D211" t="s">
         <v>97</v>
       </c>
       <c r="E211" t="s">
         <v>98</v>
       </c>
       <c r="F211">
         <v>2003</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>425</v>
       </c>
       <c r="B212" t="s">
         <v>426</v>
       </c>
       <c r="C212" t="s">
         <v>110</v>
       </c>
       <c r="D212" t="s">
         <v>97</v>
       </c>
       <c r="E212" t="s">
         <v>98</v>
       </c>
       <c r="F212">
         <v>2003</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>427</v>
       </c>
       <c r="B213" t="s">
         <v>428</v>
       </c>
       <c r="C213" t="s">
         <v>110</v>
       </c>
       <c r="D213" t="s">
         <v>97</v>
       </c>
       <c r="E213" t="s">
         <v>98</v>
       </c>
       <c r="F213">
         <v>2003</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>427</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" t="s">
         <v>110</v>
       </c>
       <c r="D214" t="s">
         <v>97</v>
       </c>
       <c r="E214" t="s">
         <v>98</v>
       </c>
       <c r="F214">
         <v>2003</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>429</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" t="s">
         <v>110</v>
       </c>
       <c r="D215" t="s">
         <v>97</v>
       </c>
       <c r="E215" t="s">
         <v>98</v>
       </c>
       <c r="F215">
         <v>2003</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>9</v>
       </c>
@@ -7341,51 +7341,51 @@
       <c r="H229" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>461</v>
       </c>
       <c r="B230" t="s">
         <v>462</v>
       </c>
       <c r="C230" t="s">
         <v>96</v>
       </c>
       <c r="D230" t="s">
         <v>97</v>
       </c>
       <c r="E230" t="s">
         <v>98</v>
       </c>
       <c r="F230">
         <v>2003</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>463</v>
       </c>
       <c r="B231" t="s">
         <v>464</v>
       </c>
       <c r="C231" t="s">
         <v>96</v>
       </c>
       <c r="D231" t="s">
         <v>97</v>
       </c>
       <c r="E231" t="s">
         <v>98</v>
       </c>
       <c r="F231">
         <v>2003</v>
       </c>
       <c r="G231"/>
       <c r="H231" t="s">
         <v>9</v>
       </c>
@@ -8109,51 +8109,51 @@
       <c r="H261" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>525</v>
       </c>
       <c r="B262" t="s">
         <v>526</v>
       </c>
       <c r="C262" t="s">
         <v>96</v>
       </c>
       <c r="D262" t="s">
         <v>97</v>
       </c>
       <c r="E262" t="s">
         <v>98</v>
       </c>
       <c r="F262">
         <v>2003</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>527</v>
       </c>
       <c r="B263" t="s">
         <v>528</v>
       </c>
       <c r="C263" t="s">
         <v>96</v>
       </c>
       <c r="D263" t="s">
         <v>97</v>
       </c>
       <c r="E263" t="s">
         <v>98</v>
       </c>
       <c r="F263">
         <v>2003</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
         <v>288</v>
       </c>
@@ -8373,51 +8373,51 @@
       <c r="H272" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" t="s">
         <v>96</v>
       </c>
       <c r="D273" t="s">
         <v>97</v>
       </c>
       <c r="E273" t="s">
         <v>98</v>
       </c>
       <c r="F273">
         <v>2003</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" t="s">
         <v>96</v>
       </c>
       <c r="D274" t="s">
         <v>97</v>
       </c>
       <c r="E274" t="s">
         <v>98</v>
       </c>
       <c r="F274">
         <v>2003</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>351</v>
       </c>
@@ -8517,51 +8517,51 @@
       <c r="H278" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" t="s">
         <v>96</v>
       </c>
       <c r="D279" t="s">
         <v>97</v>
       </c>
       <c r="E279" t="s">
         <v>98</v>
       </c>
       <c r="F279">
         <v>2003</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" t="s">
         <v>96</v>
       </c>
       <c r="D280" t="s">
         <v>97</v>
       </c>
       <c r="E280" t="s">
         <v>98</v>
       </c>
       <c r="F280">
         <v>2003</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>11</v>
       </c>
@@ -8613,291 +8613,291 @@
       <c r="H282" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" t="s">
         <v>96</v>
       </c>
       <c r="D283" t="s">
         <v>97</v>
       </c>
       <c r="E283" t="s">
         <v>98</v>
       </c>
       <c r="F283">
         <v>2003</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" t="s">
         <v>101</v>
       </c>
       <c r="D284" t="s">
         <v>97</v>
       </c>
       <c r="E284" t="s">
         <v>98</v>
       </c>
       <c r="F284">
         <v>2003</v>
       </c>
       <c r="G284" t="s">
         <v>128</v>
       </c>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" t="s">
         <v>110</v>
       </c>
       <c r="D285" t="s">
         <v>97</v>
       </c>
       <c r="E285" t="s">
         <v>98</v>
       </c>
       <c r="F285">
         <v>2003</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>572</v>
       </c>
       <c r="B286" t="s">
         <v>573</v>
       </c>
       <c r="C286" t="s">
         <v>110</v>
       </c>
       <c r="D286" t="s">
         <v>97</v>
       </c>
       <c r="E286" t="s">
         <v>98</v>
       </c>
       <c r="F286">
         <v>2003</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>574</v>
       </c>
       <c r="B287" t="s">
         <v>575</v>
       </c>
       <c r="C287" t="s">
         <v>110</v>
       </c>
       <c r="D287" t="s">
         <v>97</v>
       </c>
       <c r="E287" t="s">
         <v>98</v>
       </c>
       <c r="F287">
         <v>2003</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>576</v>
       </c>
       <c r="B288" t="s">
         <v>577</v>
       </c>
       <c r="C288" t="s">
         <v>110</v>
       </c>
       <c r="D288" t="s">
         <v>97</v>
       </c>
       <c r="E288" t="s">
         <v>98</v>
       </c>
       <c r="F288">
         <v>2003</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>578</v>
       </c>
       <c r="B289" t="s">
         <v>579</v>
       </c>
       <c r="C289" t="s">
         <v>110</v>
       </c>
       <c r="D289" t="s">
         <v>97</v>
       </c>
       <c r="E289" t="s">
         <v>98</v>
       </c>
       <c r="F289">
         <v>2003</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>580</v>
       </c>
       <c r="B290" t="s">
         <v>581</v>
       </c>
       <c r="C290" t="s">
         <v>110</v>
       </c>
       <c r="D290" t="s">
         <v>97</v>
       </c>
       <c r="E290" t="s">
         <v>98</v>
       </c>
       <c r="F290">
         <v>2003</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>582</v>
       </c>
       <c r="B291" t="s">
         <v>583</v>
       </c>
       <c r="C291" t="s">
         <v>110</v>
       </c>
       <c r="D291" t="s">
         <v>97</v>
       </c>
       <c r="E291" t="s">
         <v>98</v>
       </c>
       <c r="F291">
         <v>2003</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>584</v>
       </c>
       <c r="B292" t="s">
         <v>585</v>
       </c>
       <c r="C292" t="s">
         <v>110</v>
       </c>
       <c r="D292" t="s">
         <v>97</v>
       </c>
       <c r="E292" t="s">
         <v>98</v>
       </c>
       <c r="F292">
         <v>2003</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>586</v>
       </c>
       <c r="B293" t="s">
         <v>587</v>
       </c>
       <c r="C293" t="s">
         <v>110</v>
       </c>
       <c r="D293" t="s">
         <v>97</v>
       </c>
       <c r="E293" t="s">
         <v>98</v>
       </c>
       <c r="F293">
         <v>2003</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>588</v>
       </c>
       <c r="B294" t="s">
         <v>589</v>
       </c>
       <c r="C294" t="s">
         <v>110</v>
       </c>
       <c r="D294" t="s">
         <v>97</v>
       </c>
       <c r="E294" t="s">
         <v>98</v>
       </c>
       <c r="F294">
         <v>2003</v>
       </c>
       <c r="G294" t="s">
         <v>341</v>
       </c>
       <c r="H294" t="s">