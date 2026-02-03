--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -12,97 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Directiva 2000/60/CE del Parlamento Europeo y del Consejo de 23 de octubre de 2000 por la que se establece un marco comunitario de actuación en el ámbito de la política de aguas. DOUE L327 de 22 de diciembre de 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/doue/2000/327/L00001-00073.pdf</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Internacional</t>
   </si>
   <si>
-    <t>https://www.castillalamancha.es/gobierno/agrimedambydesrur/estructura/dgapfyen/rednatura2000/liczepaES0000164-ES0000488</t>
-[...4 lines deleted...]
-  <si>
     <t>Instrumento de ratificación del Convenio Europeo del Paisaje (número 176 del Consejo de Europa), hecho en Florencia el 20 de octubre de 2000. BOE 31, de 5 de febrero de 2008</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/2000/10/20/(1)</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Ley 3/2000 de 19 de junio, de desarrollo rural de la Comunidad Autónoma de La Rioja. BOR 95 de 6 de agosto de 2002</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ri/l/2000/06/19/3</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>La Rioja</t>
@@ -125,53 +119,50 @@
   <si>
     <t>Ley 8/2000, de 11 de julio, de Declaración del Parque Natural de Las Batuecas-Sierra de Francia (Salamanca). BOE 193 de 12 de agosto de 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2000/07/11/8</t>
   </si>
   <si>
     <t>Ley 1/2000, de 6 de abril, por la que se declara el Parque Natural del alto Tajo. BOE 159 de 4 de julio de 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cm/l/2000/04/06/1</t>
   </si>
   <si>
     <t>Castilla-La Mancha</t>
   </si>
   <si>
     <t>Decreto Legislativo 1/2000, de 8 de mayo, por el que se aprueba el Texto Refundido de las Leyes de Ordenación del Territorio de Canarias y de Espacios Naturales de Canarias</t>
   </si>
   <si>
     <t>http://www.gobcan.es/boc/2000/060/boc-2000-060-001.pdf</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 258/2000, de 30 de noviembre, por el que se regula la composición del Consejo Regional de Espacios Naturales Protegidos de Castilla y León. BOCyL 05/12/2000</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2000/12/05/pdf/BOCYL-D-05122000-4.pdf</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Decreto 169/2000, de 13 de julio, por el que se establece un régimen de protección preventiva, para el espacio natural "Soto del Henares", en los términos municipales de Alcalá de Henares y los Santos de la Humosa</t>
   </si>
   <si>
     <t>https://gestiona.comunidad.madrid/rlma_web/Descarga.icm?ver=S&amp;idLegislacion=572&amp;idDocumento=1</t>
   </si>
   <si>
     <t>Comunidad de Madrid</t>
   </si>
   <si>
     <t>Decreto 35/2000 de 30 de junio de 2000, por el que se aprueba el Plan Rector de uso y gestión del Parque Natural de la Sierra Cebollera. BOR 84, de 05/07/2000</t>
@@ -296,53 +287,50 @@
   <si>
     <t>Decreto 76/2000, de 25 de febrero, por el que se declara monumento natural la Fraga de Catasós, en el ayuntamiento de Lalín (provincia de Pontevedra). DOG 72, de 12 de abril de 2000</t>
   </si>
   <si>
     <t>https://www.xunta.gal/dog/Publicados/2000/20000412/Anuncio81A2_es.html</t>
   </si>
   <si>
     <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 23 de diciembre de 1999, publicado mediante Resolución de 11 de enero de 2000 (BORM nº 14, de 19 de enero de 2000)</t>
   </si>
   <si>
     <t>https://www.borm.es/borm/documento?obj=bol&amp;id=2018</t>
   </si>
   <si>
     <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 23 de marzo de 2000, publicado mediante Resolución de 30 de marzo de 2000 (BORM nº 82, de 7 de abril de 2000)</t>
   </si>
   <si>
     <t>https://www.borm.es/borm/documento?obj=bol&amp;id=2866</t>
   </si>
   <si>
     <t>Acuerdo de Consejo de Gobierno de la Comunidad Autónoma de Murcia de 6 de octubre de 2000, publicado mediante Resolución de 11 de octubre de 2000 (BORM nº 243, de 19 de octubre de 2000)</t>
   </si>
   <si>
     <t>https://www.borm.es/borm/documento?obj=anu&amp;id=85078</t>
   </si>
   <si>
-    <t>Cantabria</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 177/2000 de 5 de diciembre por el que se declara el Monumento Natural de los Volcanes del Campo de Calatrava, Maar de la Hoya del Mortero, en el término municipal de Ciudad Real. DOCM 130 de 28 de diciembre de 2000.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2000/12/28&amp;idDisposicion=123062473108630892</t>
   </si>
   <si>
     <t>Decreto 182/2000, de 19/12/2000, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna de alboraj, en Tobarra (albacete) y se declara la microreserva de la Laguna de alboraj. DOCM 6, 12/01/2001</t>
   </si>
   <si>
     <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/01/16&amp;idDisposicion=123062485074730326</t>
   </si>
   <si>
     <t>Decreto 184/2000, de 19/12/2000, por el que se aprueba el plan de Ordenación de los recursos naturales de la Laguna del Arquillo, en Masegoso, el Robledo y Peñascosa (albacete) y se declara el Monumento Natural de la Laguna del Arquillo</t>
   </si>
   <si>
     <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2001/01/16&amp;idDisposicion=123062485098130328</t>
   </si>
   <si>
     <t>Orden de 31 de mayo de 2000, declaración del Parque Periurbano Castala en Berja (Almería). BOJA 75 de 1 de julio.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2000/75/48</t>
   </si>
   <si>
     <t>Orden</t>
@@ -416,53 +404,50 @@
   <si>
     <t>Anuncio de 14 de febrero de 2000, por el que se hacen públicos el contenido Normativo y el plano de zonificación del Plan Especial de Protección Paisajística de Las Lagunetas, en los términos municipales de Tacoronte, El Rosario, El Sauzal, Candelaria, La Matanza de Acentejo, La Victoria de Acentejo y Santa Úrsula (Tenerife). BOC 58, 10 de Mayo de 2000.</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2000/058/013.html</t>
   </si>
   <si>
     <t>Decreto 101/2000, de 12 de junio, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural del Islote de Lobos, en la isla de Fuerteventura (F-1). BOC 83, de 5 de julio</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2000/083/001.html</t>
   </si>
   <si>
     <t>Decreto 198/2000, de 16 de octubre, por el que se aprueba el Plan Rector de Uso y Gestión del Parque Natural de Majona.  BOC 145, de 3 de noviembre</t>
   </si>
   <si>
     <t>https://www.gobiernodecanarias.org/boc/2000/145/boc-2000-145-003.pdf</t>
   </si>
   <si>
     <t>Decreto 20/2000, de 10 de enero, por el que se modifica el Decreto 328/1992, de 14 de diciembre, en lo referente a los límites del espacio del Plan de espacios de interés natural en Les Gavarres. DOGC de 3062 de 24 de enero de 2000</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=208185</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...1 lines deleted...]
-  <si>
     <t>Decreto 241/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales Laguna Honda y Laguna del Chinche. BOJA  76.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2000/76/d5.pdf</t>
   </si>
   <si>
     <t>Decreto 242/2000, de 23 de mayo, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural albufera de Adra. BOJA  77.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2000/77/d6.pdf</t>
   </si>
   <si>
     <t>Decreto 249/2000, de 23 de noviembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Riberas de Castronuño -Vega del Duero (Valladolid). BOCYL 231, 29/11/2000</t>
   </si>
   <si>
     <t>https://bocyl.jcyl.es/boletines/2000/11/29/pdf/BOCYL-D-29112000-26.pdf</t>
   </si>
   <si>
     <t>Decreto 419/2000, de 7 de noviembre, por el que se aprueban los Planes de Ordenación de los Recursos Naturales de determinadas Reservas Naturales de la provincia de Sevilla. BOJA 9, 23/01/2001</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2001/9/d67.pdf</t>
   </si>
   <si>
     <t>Decreto 461/2000, de 26 de diciembre, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Reserva Natural Peñón de Zaframagón. BOJA 13, de 1 de febrero de 2001.</t>
@@ -519,53 +504,50 @@
     <t>https://www.boe.es/eli/es/o/2000/12/07/(2)</t>
   </si>
   <si>
     <t>Resolución de 6 de abril de 2000, por la que se hace público el Acuerdo del Gobierno de la Generalidad de 6 de marzo de 2000, por el que se aprueba definitivamente el Plan especial de protección del medio natural y del paisaje de la sierra de Montsià. BOGC 3127</t>
   </si>
   <si>
     <t>http://portaldogc.gencat.cat/utilsEADOP/PDF/3127/815857.pdf</t>
   </si>
   <si>
     <t>Decreto 47/2000, de 7 de septiembre, por el que se aprueba el Plan de recuperación del cangrejo autóctono de río en La Rioja.</t>
   </si>
   <si>
     <t>https://web.larioja.org/bor-portada/boranuncio?n=594279-1-HTML-204171-X</t>
   </si>
   <si>
     <t>Decreto Foral 22/2000,del Consejo de Diputados de 7 de marzo, que aprueba el Plan de gestión del ave "Avión Zapador (Riparia riparia)", como especie amenazada y cuya proetcción exige medidas específicas. (BOTHA nº 37, 27.03.2000) (Álava)</t>
   </si>
   <si>
     <t>https://e-s.araba.eus/BOTHA/Boletines/2000/037/2000_037_01771.pdf</t>
   </si>
   <si>
     <t>Decreto 109/2000, de 29 de mayo, del Gobierno de Aragón, por el que se establece un régimen de protección para la conservación del cernícalo primilla (Falco naumanni) y se aprueba el Plan de Conservación de su Hábitat.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=414745104544&amp;type=pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Principado de Asturias</t>
   </si>
   <si>
     <t>Decreto 8/2000, de 18 de febrero, por el que se aprueba el Plan de Recuperación del Sisón Común en La Rioja. (BO. La Rioja nº 26, 24.02.2000)</t>
   </si>
   <si>
     <t>http://www.larioja.org/bor/es/boletines-nuevo?tipo=2&amp;fecha=2000%2F02%2F24&amp;referencia=587870-1-HTML-197833-X</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -875,66 +857,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="419.898" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -942,1704 +924,1532 @@
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2"/>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
         <v>2000</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
-      <c r="A3">
-        <v>123456</v>
+      <c r="A3" t="s">
+        <v>13</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C3"/>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F3">
         <v>2000</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C4"/>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F4">
         <v>2000</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4"/>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F5">
         <v>2000</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F6">
         <v>2000</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F7">
         <v>2000</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F8">
         <v>2000</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F9">
         <v>2000</v>
       </c>
       <c r="G9"/>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C10"/>
+        <v>36</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="F10">
         <v>2000</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F11">
         <v>2000</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>44</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F12">
         <v>2000</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
         <v>46</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F13">
         <v>2000</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" t="s">
         <v>48</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F14">
         <v>2000</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F15">
         <v>2000</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" t="s">
         <v>53</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>54</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F16">
         <v>2000</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F17">
         <v>2000</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
         <v>59</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F18">
         <v>2000</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" t="s">
         <v>61</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F19">
         <v>2000</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" t="s">
         <v>63</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F20">
         <v>2000</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" t="s">
         <v>65</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F21">
         <v>2000</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" t="s">
         <v>67</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>68</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="E22" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F22">
         <v>2000</v>
       </c>
-      <c r="G22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
         <v>69</v>
       </c>
-      <c r="B23" t="s">
+      <c r="E23" t="s">
+        <v>39</v>
+      </c>
+      <c r="F23">
+        <v>2000</v>
+      </c>
+      <c r="G23" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" t="s">
         <v>74</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>37</v>
+      </c>
+      <c r="D24" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24">
+        <v>2000</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24" t="s">
         <v>75</v>
       </c>
-      <c r="C24" t="s">
-[...14 lines deleted...]
-      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>76</v>
       </c>
       <c r="B25" t="s">
         <v>77</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D25" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E25" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F25">
         <v>2000</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B26" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C26" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D26" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F26">
         <v>2000</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D27" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E27" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F27">
         <v>2000</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C28" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D28" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E28" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F28">
         <v>2000</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="C29"/>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F29">
         <v>2000</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C30"/>
+      <c r="D30"/>
       <c r="E30" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F30">
         <v>2000</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F31">
         <v>2000</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="D32"/>
+        <v>92</v>
+      </c>
+      <c r="C32" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" t="s">
+        <v>38</v>
+      </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F32">
         <v>2000</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="D33"/>
+        <v>94</v>
+      </c>
+      <c r="C33" t="s">
+        <v>37</v>
+      </c>
+      <c r="D33" t="s">
+        <v>38</v>
+      </c>
       <c r="E33" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F33">
         <v>2000</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-      <c r="D34"/>
+        <v>96</v>
+      </c>
+      <c r="C34" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" t="s">
+        <v>38</v>
+      </c>
       <c r="E34" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F34">
         <v>2000</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="D35"/>
+        <v>98</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>38</v>
+      </c>
       <c r="E35" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F35">
         <v>2000</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="D36"/>
+        <v>102</v>
+      </c>
+      <c r="C36" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" t="s">
+        <v>38</v>
+      </c>
       <c r="E36" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F36">
         <v>2000</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-      <c r="D37"/>
+        <v>104</v>
+      </c>
+      <c r="C37" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" t="s">
+        <v>38</v>
+      </c>
       <c r="E37" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F37">
         <v>2000</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D38" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F38">
         <v>2000</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E39" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F39">
         <v>2000</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" t="s">
+        <v>110</v>
+      </c>
+      <c r="C40" t="s">
         <v>99</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E40" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F40">
         <v>2000</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E41" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F41">
         <v>2000</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D42" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E42" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F42">
         <v>2000</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B43" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E43" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F43">
         <v>2000</v>
       </c>
       <c r="G43"/>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C44" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="D44" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E44" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F44">
         <v>2000</v>
       </c>
       <c r="G44"/>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E45" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F45">
         <v>2000</v>
       </c>
       <c r="G45"/>
-      <c r="H45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="D46" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E46" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F46">
         <v>2000</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C47" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D47" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F47">
         <v>2000</v>
       </c>
       <c r="G47"/>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E48" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F48">
         <v>2000</v>
       </c>
       <c r="G48"/>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D49" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E49" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F49">
         <v>2000</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B50" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="C50" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E50" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F50">
         <v>2000</v>
       </c>
       <c r="G50"/>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B51" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C51" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E51" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F51">
         <v>2000</v>
       </c>
       <c r="G51"/>
-      <c r="H51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B52" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="C52" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="D52" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E52" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F52">
         <v>2000</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C53" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D53" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F53">
         <v>2000</v>
       </c>
       <c r="G53"/>
-      <c r="H53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D54" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E54" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F54">
         <v>2000</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D55" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E55" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F55">
         <v>2000</v>
       </c>
       <c r="G55"/>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D56" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E56" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F56">
         <v>2000</v>
       </c>
       <c r="G56"/>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D57" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F57">
         <v>2000</v>
       </c>
       <c r="G57"/>
-      <c r="H57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="D58" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E58" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F58">
         <v>2000</v>
       </c>
       <c r="G58"/>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D59" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E59" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F59">
         <v>2000</v>
       </c>
       <c r="G59"/>
-      <c r="H59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D60" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F60">
         <v>2000</v>
       </c>
       <c r="G60"/>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D61" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E61" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F61">
         <v>2000</v>
       </c>
       <c r="G61"/>
-      <c r="H61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B62" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="D62" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E62" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F62">
         <v>2000</v>
       </c>
-      <c r="G62"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G62" t="s">
+        <v>70</v>
+      </c>
+      <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B63" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D63" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E63" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F63">
         <v>2000</v>
       </c>
       <c r="G63"/>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="D64" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E64" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F64">
         <v>2000</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="B65" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E65" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F65">
         <v>2000</v>
       </c>
       <c r="G65"/>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B66" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C66" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D66" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F66">
         <v>2000</v>
       </c>
       <c r="G66"/>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B67" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C67" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D67" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E67" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F67">
         <v>2000</v>
       </c>
       <c r="G67"/>
-      <c r="H67" t="s">
-[...139 lines deleted...]
-      <c r="H73"/>
+      <c r="H67"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>