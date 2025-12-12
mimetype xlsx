--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -1373,75 +1373,75 @@
         <v>49</v>
       </c>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>91</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s">
         <v>54</v>
       </c>
       <c r="D31" t="s">
         <v>36</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
       </c>
       <c r="F31">
         <v>1990</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>91</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" t="s">
         <v>54</v>
       </c>
       <c r="D32" t="s">
         <v>36</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
       <c r="F32">
         <v>1990</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>93</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" t="s">
         <v>35</v>
       </c>
       <c r="D33" t="s">
         <v>36</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
       </c>
       <c r="F33">
         <v>1990</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>27</v>
       </c>