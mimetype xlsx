--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -1053,77 +1053,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -1801,75 +1801,75 @@
         <v>40</v>
       </c>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>121</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" t="s">
         <v>87</v>
       </c>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>39</v>
       </c>
       <c r="F46">
         <v>1990</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>121</v>
       </c>
       <c r="B47" t="s">
         <v>122</v>
       </c>
       <c r="C47" t="s">
         <v>87</v>
       </c>
       <c r="D47" t="s">
         <v>25</v>
       </c>
       <c r="E47" t="s">
         <v>39</v>
       </c>
       <c r="F47">
         <v>1990</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>123</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
         <v>24</v>
       </c>
       <c r="D48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48">
         <v>1990</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>66</v>
       </c>