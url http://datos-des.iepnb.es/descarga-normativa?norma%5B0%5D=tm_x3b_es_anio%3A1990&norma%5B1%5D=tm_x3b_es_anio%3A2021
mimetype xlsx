--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -2327,75 +2327,75 @@
         <v>15</v>
       </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>157</v>
       </c>
       <c r="B63" t="s">
         <v>158</v>
       </c>
       <c r="C63" t="s">
         <v>128</v>
       </c>
       <c r="D63" t="s">
         <v>35</v>
       </c>
       <c r="E63" t="s">
         <v>31</v>
       </c>
       <c r="F63">
         <v>1990</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>121</v>
+        <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>157</v>
       </c>
       <c r="B64" t="s">
         <v>158</v>
       </c>
       <c r="C64" t="s">
         <v>128</v>
       </c>
       <c r="D64" t="s">
         <v>35</v>
       </c>
       <c r="E64" t="s">
         <v>31</v>
       </c>
       <c r="F64">
         <v>1990</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>159</v>
       </c>
       <c r="B65" t="s">
         <v>160</v>
       </c>
       <c r="C65" t="s">
         <v>38</v>
       </c>
       <c r="D65" t="s">
         <v>35</v>
       </c>
       <c r="E65" t="s">
         <v>31</v>
       </c>
       <c r="F65">
         <v>1990</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>27</v>
       </c>