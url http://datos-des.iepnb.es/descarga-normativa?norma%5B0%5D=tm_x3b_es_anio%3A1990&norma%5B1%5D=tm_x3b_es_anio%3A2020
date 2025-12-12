--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2743,75 +2743,75 @@
         <v>18</v>
       </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>171</v>
       </c>
       <c r="B82" t="s">
         <v>172</v>
       </c>
       <c r="C82" t="s">
         <v>142</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>1990</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>171</v>
       </c>
       <c r="B83" t="s">
         <v>172</v>
       </c>
       <c r="C83" t="s">
         <v>142</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>1990</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>173</v>
       </c>
       <c r="B84" t="s">
         <v>174</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>1990</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>66</v>
       </c>