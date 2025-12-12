--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -2969,75 +2969,75 @@
       <c r="H76" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>181</v>
       </c>
       <c r="B77" t="s">
         <v>182</v>
       </c>
       <c r="C77" t="s">
         <v>85</v>
       </c>
       <c r="D77" t="s">
         <v>46</v>
       </c>
       <c r="E77" t="s">
         <v>34</v>
       </c>
       <c r="F77">
         <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>181</v>
       </c>
       <c r="B78" t="s">
         <v>182</v>
       </c>
       <c r="C78" t="s">
         <v>85</v>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>183</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>184</v>
       </c>
       <c r="B79" t="s">
         <v>116</v>
       </c>
       <c r="C79" t="s">
         <v>45</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>183</v>
       </c>
@@ -3769,75 +3769,75 @@
         <v>15</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>251</v>
       </c>
       <c r="B111" t="s">
         <v>252</v>
       </c>
       <c r="C111" t="s">
         <v>222</v>
       </c>
       <c r="D111" t="s">
         <v>46</v>
       </c>
       <c r="E111" t="s">
         <v>34</v>
       </c>
       <c r="F111">
         <v>1990</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>251</v>
       </c>
       <c r="B112" t="s">
         <v>252</v>
       </c>
       <c r="C112" t="s">
         <v>222</v>
       </c>
       <c r="D112" t="s">
         <v>46</v>
       </c>
       <c r="E112" t="s">
         <v>34</v>
       </c>
       <c r="F112">
         <v>1990</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>253</v>
       </c>
       <c r="B113" t="s">
         <v>254</v>
       </c>
       <c r="C113" t="s">
         <v>45</v>
       </c>
       <c r="D113" t="s">
         <v>46</v>
       </c>
       <c r="E113" t="s">
         <v>34</v>
       </c>
       <c r="F113">
         <v>1990</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>22</v>
       </c>