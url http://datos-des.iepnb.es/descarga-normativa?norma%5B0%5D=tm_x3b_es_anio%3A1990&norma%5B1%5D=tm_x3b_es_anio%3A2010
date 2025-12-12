--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -3426,75 +3426,75 @@
         <v>12</v>
       </c>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>232</v>
       </c>
       <c r="B99" t="s">
         <v>233</v>
       </c>
       <c r="C99" t="s">
         <v>79</v>
       </c>
       <c r="D99" t="s">
         <v>41</v>
       </c>
       <c r="E99" t="s">
         <v>42</v>
       </c>
       <c r="F99">
         <v>1990</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>194</v>
+        <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>232</v>
       </c>
       <c r="B100" t="s">
         <v>233</v>
       </c>
       <c r="C100" t="s">
         <v>79</v>
       </c>
       <c r="D100" t="s">
         <v>41</v>
       </c>
       <c r="E100" t="s">
         <v>42</v>
       </c>
       <c r="F100">
         <v>1990</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>26</v>
+        <v>194</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>234</v>
       </c>
       <c r="B101" t="s">
         <v>235</v>
       </c>
       <c r="C101" t="s">
         <v>45</v>
       </c>
       <c r="D101" t="s">
         <v>41</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101">
         <v>1990</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>29</v>
       </c>