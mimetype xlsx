--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3535,99 +3535,99 @@
       <c r="H65" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>159</v>
       </c>
       <c r="B66" t="s">
         <v>59</v>
       </c>
       <c r="C66" t="s">
         <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>30</v>
       </c>
       <c r="E66" t="s">
         <v>31</v>
       </c>
       <c r="F66">
         <v>2009</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>159</v>
       </c>
       <c r="B67" t="s">
         <v>59</v>
       </c>
       <c r="C67" t="s">
         <v>45</v>
       </c>
       <c r="D67" t="s">
         <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>159</v>
       </c>
       <c r="B68" t="s">
         <v>59</v>
       </c>
       <c r="C68" t="s">
         <v>45</v>
       </c>
       <c r="D68" t="s">
         <v>30</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>161</v>
       </c>
       <c r="B69" t="s">
         <v>162</v>
       </c>
       <c r="C69" t="s">
         <v>163</v>
       </c>
       <c r="D69" t="s">
         <v>30</v>
       </c>
       <c r="E69" t="s">
         <v>31</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>37</v>
       </c>
@@ -7931,75 +7931,75 @@
         <v>137</v>
       </c>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>525</v>
       </c>
       <c r="B250" t="s">
         <v>526</v>
       </c>
       <c r="C250" t="s">
         <v>163</v>
       </c>
       <c r="D250" t="s">
         <v>30</v>
       </c>
       <c r="E250" t="s">
         <v>31</v>
       </c>
       <c r="F250">
         <v>1990</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>453</v>
+        <v>37</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>525</v>
       </c>
       <c r="B251" t="s">
         <v>526</v>
       </c>
       <c r="C251" t="s">
         <v>163</v>
       </c>
       <c r="D251" t="s">
         <v>30</v>
       </c>
       <c r="E251" t="s">
         <v>31</v>
       </c>
       <c r="F251">
         <v>1990</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>37</v>
+        <v>453</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>527</v>
       </c>
       <c r="B252" t="s">
         <v>528</v>
       </c>
       <c r="C252" t="s">
         <v>34</v>
       </c>
       <c r="D252" t="s">
         <v>30</v>
       </c>
       <c r="E252" t="s">
         <v>31</v>
       </c>
       <c r="F252">
         <v>1990</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
         <v>84</v>
       </c>