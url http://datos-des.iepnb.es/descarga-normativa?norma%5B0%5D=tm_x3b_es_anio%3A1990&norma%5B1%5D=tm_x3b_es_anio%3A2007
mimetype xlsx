--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -4081,75 +4081,75 @@
         <v>20</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>277</v>
       </c>
       <c r="B121" t="s">
         <v>278</v>
       </c>
       <c r="C121" t="s">
         <v>148</v>
       </c>
       <c r="D121" t="s">
         <v>48</v>
       </c>
       <c r="E121" t="s">
         <v>49</v>
       </c>
       <c r="F121">
         <v>1990</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>177</v>
+        <v>158</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>277</v>
       </c>
       <c r="B122" t="s">
         <v>278</v>
       </c>
       <c r="C122" t="s">
         <v>148</v>
       </c>
       <c r="D122" t="s">
         <v>48</v>
       </c>
       <c r="E122" t="s">
         <v>49</v>
       </c>
       <c r="F122">
         <v>1990</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>279</v>
       </c>
       <c r="B123" t="s">
         <v>280</v>
       </c>
       <c r="C123" t="s">
         <v>47</v>
       </c>
       <c r="D123" t="s">
         <v>48</v>
       </c>
       <c r="E123" t="s">
         <v>49</v>
       </c>
       <c r="F123">
         <v>1990</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>67</v>
       </c>