--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -6570,75 +6570,75 @@
         <v>14</v>
       </c>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>438</v>
       </c>
       <c r="B206" t="s">
         <v>439</v>
       </c>
       <c r="C206" t="s">
         <v>211</v>
       </c>
       <c r="D206" t="s">
         <v>67</v>
       </c>
       <c r="E206" t="s">
         <v>63</v>
       </c>
       <c r="F206">
         <v>1990</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>438</v>
       </c>
       <c r="B207" t="s">
         <v>439</v>
       </c>
       <c r="C207" t="s">
         <v>211</v>
       </c>
       <c r="D207" t="s">
         <v>67</v>
       </c>
       <c r="E207" t="s">
         <v>63</v>
       </c>
       <c r="F207">
         <v>1990</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>121</v>
+        <v>47</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>440</v>
       </c>
       <c r="B208" t="s">
         <v>441</v>
       </c>
       <c r="C208" t="s">
         <v>66</v>
       </c>
       <c r="D208" t="s">
         <v>67</v>
       </c>
       <c r="E208" t="s">
         <v>63</v>
       </c>
       <c r="F208">
         <v>1990</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>38</v>
       </c>