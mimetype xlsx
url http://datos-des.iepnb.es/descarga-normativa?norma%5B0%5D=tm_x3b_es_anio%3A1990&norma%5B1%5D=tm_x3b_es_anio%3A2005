--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -5262,75 +5262,75 @@
         <v>85</v>
       </c>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>352</v>
       </c>
       <c r="B161" t="s">
         <v>353</v>
       </c>
       <c r="C161" t="s">
         <v>324</v>
       </c>
       <c r="D161" t="s">
         <v>31</v>
       </c>
       <c r="E161" t="s">
         <v>32</v>
       </c>
       <c r="F161">
         <v>1990</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>80</v>
+        <v>163</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>352</v>
       </c>
       <c r="B162" t="s">
         <v>353</v>
       </c>
       <c r="C162" t="s">
         <v>324</v>
       </c>
       <c r="D162" t="s">
         <v>31</v>
       </c>
       <c r="E162" t="s">
         <v>32</v>
       </c>
       <c r="F162">
         <v>1990</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>163</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>354</v>
       </c>
       <c r="B163" t="s">
         <v>355</v>
       </c>
       <c r="C163" t="s">
         <v>30</v>
       </c>
       <c r="D163" t="s">
         <v>31</v>
       </c>
       <c r="E163" t="s">
         <v>32</v>
       </c>
       <c r="F163">
         <v>1990</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>55</v>
       </c>