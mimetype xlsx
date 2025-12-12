--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -5481,75 +5481,75 @@
         <v>19</v>
       </c>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>365</v>
       </c>
       <c r="B169" t="s">
         <v>366</v>
       </c>
       <c r="C169" t="s">
         <v>69</v>
       </c>
       <c r="D169" t="s">
         <v>63</v>
       </c>
       <c r="E169" t="s">
         <v>64</v>
       </c>
       <c r="F169">
         <v>1990</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>365</v>
       </c>
       <c r="B170" t="s">
         <v>366</v>
       </c>
       <c r="C170" t="s">
         <v>69</v>
       </c>
       <c r="D170" t="s">
         <v>63</v>
       </c>
       <c r="E170" t="s">
         <v>64</v>
       </c>
       <c r="F170">
         <v>1990</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>367</v>
       </c>
       <c r="B171" t="s">
         <v>368</v>
       </c>
       <c r="C171" t="s">
         <v>62</v>
       </c>
       <c r="D171" t="s">
         <v>63</v>
       </c>
       <c r="E171" t="s">
         <v>64</v>
       </c>
       <c r="F171">
         <v>1990</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
         <v>91</v>
       </c>