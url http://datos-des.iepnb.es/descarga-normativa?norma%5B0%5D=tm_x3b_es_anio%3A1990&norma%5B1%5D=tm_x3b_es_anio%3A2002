--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -4788,75 +4788,75 @@
         <v>73</v>
       </c>
       <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>322</v>
       </c>
       <c r="B145" t="s">
         <v>323</v>
       </c>
       <c r="C145" t="s">
         <v>293</v>
       </c>
       <c r="D145" t="s">
         <v>34</v>
       </c>
       <c r="E145" t="s">
         <v>35</v>
       </c>
       <c r="F145">
         <v>1990</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>26</v>
+        <v>192</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>322</v>
       </c>
       <c r="B146" t="s">
         <v>323</v>
       </c>
       <c r="C146" t="s">
         <v>293</v>
       </c>
       <c r="D146" t="s">
         <v>34</v>
       </c>
       <c r="E146" t="s">
         <v>35</v>
       </c>
       <c r="F146">
         <v>1990</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>192</v>
+        <v>26</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>324</v>
       </c>
       <c r="B147" t="s">
         <v>325</v>
       </c>
       <c r="C147" t="s">
         <v>41</v>
       </c>
       <c r="D147" t="s">
         <v>34</v>
       </c>
       <c r="E147" t="s">
         <v>35</v>
       </c>
       <c r="F147">
         <v>1990</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>46</v>
       </c>