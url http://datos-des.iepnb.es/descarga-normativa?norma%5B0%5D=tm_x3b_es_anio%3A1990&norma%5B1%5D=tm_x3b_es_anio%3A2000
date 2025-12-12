--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3405,75 +3405,75 @@
         <v>73</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>227</v>
       </c>
       <c r="B100" t="s">
         <v>228</v>
       </c>
       <c r="C100" t="s">
         <v>197</v>
       </c>
       <c r="D100" t="s">
         <v>41</v>
       </c>
       <c r="E100" t="s">
         <v>42</v>
       </c>
       <c r="F100">
         <v>1990</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>169</v>
+        <v>37</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>227</v>
       </c>
       <c r="B101" t="s">
         <v>228</v>
       </c>
       <c r="C101" t="s">
         <v>197</v>
       </c>
       <c r="D101" t="s">
         <v>41</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101">
         <v>1990</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>229</v>
       </c>
       <c r="B102" t="s">
         <v>230</v>
       </c>
       <c r="C102" t="s">
         <v>40</v>
       </c>
       <c r="D102" t="s">
         <v>41</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102">
         <v>1990</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
         <v>52</v>
       </c>