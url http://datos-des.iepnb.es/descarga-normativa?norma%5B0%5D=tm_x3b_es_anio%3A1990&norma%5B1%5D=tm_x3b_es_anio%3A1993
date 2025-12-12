--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -1772,75 +1772,75 @@
         <v>24</v>
       </c>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>118</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="s">
         <v>86</v>
       </c>
       <c r="D44" t="s">
         <v>22</v>
       </c>
       <c r="E44" t="s">
         <v>23</v>
       </c>
       <c r="F44">
         <v>1990</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>118</v>
       </c>
       <c r="B45" t="s">
         <v>119</v>
       </c>
       <c r="C45" t="s">
         <v>86</v>
       </c>
       <c r="D45" t="s">
         <v>22</v>
       </c>
       <c r="E45" t="s">
         <v>23</v>
       </c>
       <c r="F45">
         <v>1990</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>120</v>
       </c>
       <c r="B46" t="s">
         <v>121</v>
       </c>
       <c r="C46" t="s">
         <v>29</v>
       </c>
       <c r="D46" t="s">
         <v>22</v>
       </c>
       <c r="E46" t="s">
         <v>23</v>
       </c>
       <c r="F46">
         <v>1990</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>49</v>
       </c>