--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -2184,75 +2184,75 @@
         <v>88</v>
       </c>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>146</v>
       </c>
       <c r="B58" t="s">
         <v>147</v>
       </c>
       <c r="C58" t="s">
         <v>45</v>
       </c>
       <c r="D58" t="s">
         <v>36</v>
       </c>
       <c r="E58" t="s">
         <v>37</v>
       </c>
       <c r="F58">
         <v>1990</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>146</v>
       </c>
       <c r="B59" t="s">
         <v>147</v>
       </c>
       <c r="C59" t="s">
         <v>45</v>
       </c>
       <c r="D59" t="s">
         <v>36</v>
       </c>
       <c r="E59" t="s">
         <v>37</v>
       </c>
       <c r="F59">
         <v>1990</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>148</v>
       </c>
       <c r="B60" t="s">
         <v>149</v>
       </c>
       <c r="C60" t="s">
         <v>40</v>
       </c>
       <c r="D60" t="s">
         <v>36</v>
       </c>
       <c r="E60" t="s">
         <v>37</v>
       </c>
       <c r="F60">
         <v>1990</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>52</v>
       </c>