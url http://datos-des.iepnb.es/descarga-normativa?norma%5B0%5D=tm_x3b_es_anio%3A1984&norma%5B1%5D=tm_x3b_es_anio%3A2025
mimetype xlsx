--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -315,50 +315,62 @@
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>pruebaValidacion</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>Prueba Alta Validación en Legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test2</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ejemplos</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba de nueva norma región de Murcia modificado</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Pruebas Boletin oficial</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
@@ -443,53 +455,50 @@
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Orden TED/452/2025, de 5 de mayo, por la que se modifican los anexos del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas; del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras; y por la que se declara la situación crítica de «Fulica cristata» y «Galemys pyrenaicus» en España.</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2025-9192</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>decreto por el que se aprueban los Planes de Gestión de blablabla</t>
   </si>
   <si>
     <t>https://google.es</t>
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dictamen</t>
   </si>
   <si>
     <t>Ley 6/1984, de 29 de octubre, sobre protección y fomento de las especies forestales autóctonas. BOE 288, de 01/12/1984.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cb/l/1984/10/29/6/con</t>
   </si>
   <si>
     <t>Ley 22/1984, de 9 de noviembre, que declara paraje natural de interés nacional una parte del valle del monasterio de Poblet. BOE 300, de 15 de diciembre de 1984</t>
   </si>
   <si>
     <t>https://boe.es/diario_boe/txt.php?id=BOE-A-1984-27334</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Ley 11/1984, de 19 de octubre de declaración de las zonas húmedas del sur de Córdoba -Zóriar, Amarga, Rincón, Tíscar, Los Jarales y el Conde- como Reservas Integrales. BOJA 97 de 25/10/1984</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-an/l/1984/10/19/11</t>
   </si>
   <si>
     <t>Ley 1/1984, de 9 de enero, de la Declaración de la Laguna de Fuente de Piedra como Reserva Integral. BOJA 4 de 10/01/1984</t>
   </si>
@@ -853,51 +862,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H81"/>
+  <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="547.295" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="146.107" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1971,719 +1980,761 @@
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>102</v>
+      </c>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F52">
         <v>2025</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F53">
         <v>2025</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>37</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F54">
         <v>2025</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55" t="s">
         <v>108</v>
       </c>
       <c r="C55"/>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F55">
         <v>2025</v>
       </c>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B56" t="s">
         <v>108</v>
       </c>
       <c r="C56"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F56">
         <v>2025</v>
       </c>
-      <c r="G56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F57">
         <v>2025</v>
       </c>
       <c r="G57" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F58">
         <v>2025</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>37</v>
+      </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59" t="s">
+        <v>31</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F59">
+        <v>2025</v>
+      </c>
+      <c r="G59" t="s">
+        <v>116</v>
+      </c>
+      <c r="H59" t="s">
         <v>114</v>
       </c>
-      <c r="B59" t="s">
-[...13 lines deleted...]
-      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B60" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C60"/>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>113</v>
+      </c>
       <c r="E60" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F60">
         <v>2025</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60"/>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C61"/>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F61">
         <v>2025</v>
       </c>
       <c r="G61" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F62">
         <v>2025</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>26</v>
+      </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F63">
         <v>2025</v>
       </c>
-      <c r="G63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G63" t="s">
+        <v>37</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B64" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F64">
         <v>2025</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>127</v>
+      </c>
+      <c r="B65" t="s">
+        <v>128</v>
+      </c>
+      <c r="C65" t="s">
+        <v>57</v>
+      </c>
+      <c r="D65" t="s">
+        <v>129</v>
+      </c>
+      <c r="E65" t="s">
         <v>130</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="F65">
+        <v>2025</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="C66" t="s">
         <v>133</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F66">
         <v>2025</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C67" t="s">
         <v>135</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F67">
         <v>2025</v>
       </c>
-      <c r="G67"/>
+      <c r="G67" t="s">
+        <v>26</v>
+      </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F68">
         <v>2025</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C69" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F69">
         <v>2025</v>
       </c>
-      <c r="G69" t="s">
-[...2 lines deleted...]
-      <c r="H69"/>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="B70" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F70">
         <v>2025</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>142</v>
+      </c>
+      <c r="C71" t="s">
+        <v>143</v>
+      </c>
+      <c r="D71" t="s">
+        <v>126</v>
+      </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F71">
         <v>2025</v>
       </c>
-      <c r="G71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G71" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F72">
         <v>2025</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72"/>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>144</v>
       </c>
       <c r="B73" t="s">
         <v>145</v>
       </c>
       <c r="C73"/>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F73">
-        <v>1984</v>
+        <v>2025</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>146</v>
       </c>
       <c r="B74" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="C74"/>
+        <v>28</v>
+      </c>
+      <c r="C74" t="s">
+        <v>125</v>
+      </c>
       <c r="D74" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E74" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F74">
-        <v>1984</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G74" t="s">
+        <v>26</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B75" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E75" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F75">
         <v>1984</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B76" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E76" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F76">
         <v>1984</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>152</v>
+      </c>
+      <c r="B77" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E77" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F77">
         <v>1984</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" t="s">
         <v>155</v>
       </c>
-      <c r="B78" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C78"/>
       <c r="D78" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E78" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F78">
         <v>1984</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>157</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B79" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="C79"/>
       <c r="D79" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E79" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F79">
         <v>1984</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B80" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C80" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="D80" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E80" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F80">
         <v>1984</v>
       </c>
-      <c r="G80" t="s">
-[...2 lines deleted...]
-      <c r="H80"/>
+      <c r="G80"/>
+      <c r="H80" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" t="s">
         <v>162</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="D81" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E81" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F81">
         <v>1984</v>
       </c>
-      <c r="G81" t="s">
+      <c r="G81"/>
+      <c r="H81" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" t="s">
+        <v>164</v>
+      </c>
+      <c r="C82" t="s">
+        <v>24</v>
+      </c>
+      <c r="D82" t="s">
+        <v>126</v>
+      </c>
+      <c r="E82" t="s">
+        <v>130</v>
+      </c>
+      <c r="F82">
+        <v>1984</v>
+      </c>
+      <c r="G82" t="s">
         <v>37</v>
       </c>
-      <c r="H81"/>
+      <c r="H82"/>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" t="s">
+        <v>166</v>
+      </c>
+      <c r="C83" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" t="s">
+        <v>126</v>
+      </c>
+      <c r="E83" t="s">
+        <v>130</v>
+      </c>
+      <c r="F83">
+        <v>1984</v>
+      </c>
+      <c r="G83" t="s">
+        <v>37</v>
+      </c>
+      <c r="H83"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>