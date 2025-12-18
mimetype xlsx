--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -300,63 +300,78 @@
   <si>
     <t>http://prueba1.com</t>
   </si>
   <si>
     <t>Prueba de Ana para ver si s epone el id_aplicación correspondiente</t>
   </si>
   <si>
     <t>https:// google.es</t>
   </si>
   <si>
     <t>prueba norma detalles aplicación</t>
   </si>
   <si>
     <t>prueba norma detalles aplicacion</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>pruebaValidacion</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
+    <t>jesus nuevaaq</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
+  </si>
+  <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
   </si>
   <si>
     <t>Prueba Alta Validación en Legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test2</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ejemplos</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba de nueva norma región de Murcia modificado</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Pruebas Boletin oficial</t>
   </si>
@@ -443,53 +458,50 @@
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Orden TED/452/2025, de 5 de mayo, por la que se modifican los anexos del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas; del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras; y por la que se declara la situación crítica de «Fulica cristata» y «Galemys pyrenaicus» en España.</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2025-9192</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>decreto por el que se aprueban los Planes de Gestión de blablabla</t>
   </si>
   <si>
     <t>https://google.es</t>
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dictamen</t>
   </si>
   <si>
     <t>Orden de 17 de octubre de 1975 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Fortuna, provincia de Murcia. BOE 278, de 20 de noviembre de 1975</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/1975/11/20/pdfs/A24275-24275.pdf</t>
   </si>
   <si>
     <t>Orden de 13-10-1975 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Molina de Segura, provincia de Murcia. BOE 301, 16 de diciembre de 1975.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1975/12/16/pdfs/A26119-26120.pdf</t>
   </si>
   <si>
     <t>Orden de 19 de noviembre de 1975 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Yecla, provincia de Murcia. BOE 4, de 5 de enero de 1976.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1976/01/05/pdfs/A00193-00194.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -811,51 +823,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H75"/>
+  <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="547.295" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1866,647 +1878,709 @@
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>94</v>
       </c>
       <c r="B48" t="s">
         <v>94</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>25</v>
       </c>
       <c r="F48">
         <v>2025</v>
       </c>
       <c r="G48" t="s">
         <v>37</v>
       </c>
       <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>95</v>
       </c>
       <c r="B49" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="F49">
         <v>2025</v>
       </c>
-      <c r="G49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B50" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F50">
         <v>2025</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B52" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F52">
         <v>2025</v>
       </c>
       <c r="G52"/>
-      <c r="H52"/>
+      <c r="H52" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>102</v>
+      </c>
+      <c r="B53" t="s">
+        <v>96</v>
+      </c>
+      <c r="C53"/>
+      <c r="D53" t="s">
         <v>103</v>
       </c>
-      <c r="B53" t="s">
-[...3 lines deleted...]
-      <c r="D53"/>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F53">
         <v>2025</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>37</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B54" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F54">
         <v>2025</v>
       </c>
-      <c r="G54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G54" t="s">
+        <v>37</v>
+      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55" t="s">
+        <v>106</v>
+      </c>
+      <c r="C55"/>
+      <c r="D55"/>
+      <c r="E55" t="s">
         <v>107</v>
       </c>
-      <c r="B55" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F55">
         <v>2025</v>
       </c>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>108</v>
+      </c>
+      <c r="B56" t="s">
+        <v>109</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56" t="s">
         <v>107</v>
       </c>
-      <c r="B56" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F56">
         <v>2025</v>
       </c>
-      <c r="G56" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G56"/>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" t="s">
+        <v>109</v>
+      </c>
+      <c r="C57"/>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>107</v>
+      </c>
+      <c r="F57">
+        <v>2025</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57" t="s">
         <v>111</v>
-      </c>
-[...17 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>112</v>
+      </c>
+      <c r="B58" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F58">
         <v>2025</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>37</v>
+      </c>
       <c r="H58" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>112</v>
+      </c>
+      <c r="B59" t="s">
+        <v>113</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
         <v>114</v>
       </c>
-      <c r="B59" t="s">
-[...3 lines deleted...]
-      <c r="D59"/>
       <c r="E59" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F59">
         <v>2025</v>
       </c>
       <c r="G59" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>37</v>
+      </c>
+      <c r="H59" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>116</v>
+      </c>
+      <c r="B60" t="s">
+        <v>31</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60" t="s">
+        <v>114</v>
+      </c>
+      <c r="E60" t="s">
+        <v>107</v>
+      </c>
+      <c r="F60">
+        <v>2025</v>
+      </c>
+      <c r="G60" t="s">
+        <v>117</v>
+      </c>
+      <c r="H60" t="s">
         <v>115</v>
       </c>
-      <c r="B60" t="s">
-[...13 lines deleted...]
-      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="C61"/>
       <c r="D61" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F61">
         <v>2025</v>
       </c>
-      <c r="G61" t="s">
-[...2 lines deleted...]
-      <c r="H61"/>
+      <c r="G61"/>
+      <c r="H61" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F62">
         <v>2025</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>26</v>
+      </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C63"/>
+      <c r="D63"/>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="F63">
         <v>2025</v>
       </c>
-      <c r="G63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G63" t="s">
+        <v>26</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B64" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="C64"/>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="F64">
         <v>2025</v>
       </c>
-      <c r="G64"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G64" t="s">
+        <v>37</v>
+      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B65" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="C65" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D65" t="s">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="E65" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="F65">
         <v>2025</v>
       </c>
-      <c r="G65" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G65"/>
+      <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>129</v>
       </c>
       <c r="C66" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F66">
         <v>2025</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" t="s">
+        <v>109</v>
+      </c>
+      <c r="C67" t="s">
         <v>134</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F67">
         <v>2025</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" t="s">
+        <v>109</v>
+      </c>
+      <c r="C68" t="s">
         <v>136</v>
       </c>
-      <c r="B68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F68">
         <v>2025</v>
       </c>
-      <c r="G68"/>
+      <c r="G68" t="s">
+        <v>26</v>
+      </c>
       <c r="H68" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>137</v>
       </c>
       <c r="B69" t="s">
+        <v>33</v>
+      </c>
+      <c r="C69" t="s">
         <v>138</v>
       </c>
-      <c r="C69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F69">
         <v>2025</v>
       </c>
-      <c r="G69" t="s">
-[...2 lines deleted...]
-      <c r="H69"/>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="B70" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F70">
         <v>2025</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>31</v>
+      </c>
+      <c r="C71" t="s">
+        <v>57</v>
+      </c>
+      <c r="D71" t="s">
+        <v>130</v>
+      </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F71">
         <v>2025</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>142</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F72">
         <v>2025</v>
       </c>
       <c r="G72" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="B73" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="C73" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="D73" t="s">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="E73" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F73">
-        <v>1975</v>
+        <v>2025</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>145</v>
+      </c>
+      <c r="B74" t="s">
         <v>146</v>
       </c>
-      <c r="B74" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C74"/>
+      <c r="D74"/>
       <c r="E74" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F74">
-        <v>1975</v>
+        <v>2025</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>106</v>
+        <v>49</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>147</v>
+      </c>
+      <c r="B75" t="s">
+        <v>28</v>
+      </c>
+      <c r="C75" t="s">
+        <v>126</v>
+      </c>
+      <c r="D75" t="s">
+        <v>103</v>
+      </c>
+      <c r="E75" t="s">
+        <v>131</v>
+      </c>
+      <c r="F75">
+        <v>2025</v>
+      </c>
+      <c r="G75" t="s">
+        <v>26</v>
+      </c>
+      <c r="H75"/>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
         <v>148</v>
       </c>
-      <c r="B75" t="s">
+      <c r="B76" t="s">
         <v>149</v>
       </c>
-      <c r="C75" t="s">
+      <c r="C76" t="s">
         <v>92</v>
       </c>
-      <c r="D75" t="s">
+      <c r="D76" t="s">
         <v>58</v>
       </c>
-      <c r="E75" t="s">
-[...2 lines deleted...]
-      <c r="F75">
+      <c r="E76" t="s">
+        <v>131</v>
+      </c>
+      <c r="F76">
         <v>1975</v>
       </c>
-      <c r="G75"/>
-[...1 lines deleted...]
-        <v>106</v>
+      <c r="G76"/>
+      <c r="H76" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>150</v>
+      </c>
+      <c r="B77" t="s">
+        <v>151</v>
+      </c>
+      <c r="C77" t="s">
+        <v>92</v>
+      </c>
+      <c r="D77" t="s">
+        <v>58</v>
+      </c>
+      <c r="E77" t="s">
+        <v>131</v>
+      </c>
+      <c r="F77">
+        <v>1975</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>152</v>
+      </c>
+      <c r="B78" t="s">
+        <v>153</v>
+      </c>
+      <c r="C78" t="s">
+        <v>92</v>
+      </c>
+      <c r="D78" t="s">
+        <v>58</v>
+      </c>
+      <c r="E78" t="s">
+        <v>131</v>
+      </c>
+      <c r="F78">
+        <v>1975</v>
+      </c>
+      <c r="G78"/>
+      <c r="H78" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">