--- v0 (2025-10-29)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -113,56 +113,56 @@
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Autonómico</t>
@@ -171,50 +171,59 @@
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Orden de 3 de marzo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se actualiza el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, en lo relativo a varias especies de fauna. BOPV 54 de 16 de marzo de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/03/2201233a.shtml</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Orden de 24 de mayo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, y se incluye a la tórtola europea (Streptotelia turtur) en la categoría de especie en peligro de extinción. BOPV 113 de 13 de junio de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/06/2202610a.shtml</t>
   </si>
   <si>
     <t>Decreto 129/2022, de 5 de septiembre, del Gobierno de Aragón, por el que se crea el Listado Aragonés de Especies Silvestres en Régimen de Protección Especial y se regula el Catálogo de Especies Amenazadas de Aragón. BOA 179 de 14/09/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1237365042727&amp;type=pdf</t>
   </si>
   <si>
     <t>Aragón</t>
+  </si>
+  <si>
+    <t>Real Decreto 159/2022, de 1 de marzo, sobre conservación de los recursos genéticos forestales y de la flora silvestre y por el que se modifica el Real Decreto 1424/2008, de 14 de agosto, por el que se determinan la composición y las funciones de la Comisión Estatal para el Patrimonio Natural y la Biodiversidad, se dictan las normas que regulan su funcionamiento y se establecen los comités especializados adscritos a la misma, y el Real Decreto 1269/2018, de 11 de octubre, por el que se determinan la composición, las funciones y las normas de funcionamiento del Consejo Forestal Nacional.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2022/03/01/159</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
   </si>
   <si>
     <t>Decreto 90/2022, de 1 de julio, del Consell, por el que se declara monumento natural la Falla del Moraig, de Benitachell. DOGV 9376 de 06 de julio de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/d/2022/07/01/90/</t>
   </si>
   <si>
     <t>Decreto 101/2022, de 29 de julio, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bec de l'Àguila, en el término municipal de Mutxamel. DOGV 9405 de 16/08/2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2022/08/16/pdf/2022_7562.pdf</t>
   </si>
   <si>
     <t>Decreto 16/2022, de 26 de enero, del Gobierno de Aragón, por el que se modifca el   Decreto 49/2015, de 8 de abril, del Gobierno de Aragón por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido y su Zona Periférica de Protección. BOA 26 de 08/02/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1205403022828&amp;type=pdf</t>
   </si>
   <si>
     <t>Decreto 111/2022, de 13 de julio, del Gobierno de Aragón, por el que se aprueba el   Plan Rector de Uso y Gestión de la Reserva Natural Dirigida de los Sotos y Galachos del Ebro. BOA 142 de 22/07/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1231826023535&amp;type=pdf</t>
   </si>
@@ -659,59 +668,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="600.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="699.401" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -1015,622 +1024,646 @@
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2022</v>
       </c>
-      <c r="G15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>26</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>64</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
         <v>26</v>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C25" t="s">
         <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
         <v>43</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>86</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>42</v>
       </c>
       <c r="D31" t="s">
         <v>43</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D32" t="s">
         <v>43</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
-      <c r="G33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" t="s">
         <v>96</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>97</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>39</v>
+      </c>
+      <c r="F38">
+        <v>2022</v>
+      </c>
+      <c r="G38" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38"/>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B39" t="s">
+        <v>102</v>
+      </c>
+      <c r="C39" t="s">
         <v>42</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38">
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>39</v>
+      </c>
+      <c r="F39">
         <v>1970</v>
       </c>
-      <c r="G38"/>
-[...1 lines deleted...]
-        <v>66</v>
+      <c r="G39"/>
+      <c r="H39" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">