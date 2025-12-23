--- v0 (2025-10-29)
+++ v1 (2025-12-23)
@@ -56,54 +56,54 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>prueba2099</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>