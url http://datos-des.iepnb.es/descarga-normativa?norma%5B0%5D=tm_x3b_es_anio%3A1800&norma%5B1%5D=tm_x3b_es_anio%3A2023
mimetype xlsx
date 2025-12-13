--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -855,77 +855,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
@@ -991,73 +991,73 @@
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>37</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>14</v>
       </c>
       <c r="F20">
         <v>1800</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>56</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" t="s">
         <v>37</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>14</v>
       </c>
       <c r="F21">
         <v>1800</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">