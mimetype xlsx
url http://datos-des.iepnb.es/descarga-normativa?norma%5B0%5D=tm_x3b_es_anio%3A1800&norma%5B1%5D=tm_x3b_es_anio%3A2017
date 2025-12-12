--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2498,75 +2498,75 @@
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>52</v>
       </c>
@@ -3232,73 +3232,73 @@
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>210</v>
       </c>
       <c r="B94" t="s">
         <v>211</v>
       </c>
       <c r="C94" t="s">
         <v>196</v>
       </c>
       <c r="D94"/>
       <c r="E94" t="s">
         <v>13</v>
       </c>
       <c r="F94">
         <v>1800</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>210</v>
       </c>
       <c r="B95" t="s">
         <v>211</v>
       </c>
       <c r="C95" t="s">
         <v>196</v>
       </c>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>13</v>
       </c>
       <c r="F95">
         <v>1800</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">