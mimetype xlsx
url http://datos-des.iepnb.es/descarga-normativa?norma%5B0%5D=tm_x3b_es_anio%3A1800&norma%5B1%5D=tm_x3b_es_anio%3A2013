--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -1012,67 +1012,67 @@
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2013</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2013</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2013</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2013</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
@@ -2558,73 +2558,73 @@
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>162</v>
       </c>
       <c r="B74" t="s">
         <v>163</v>
       </c>
       <c r="C74" t="s">
         <v>164</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>165</v>
       </c>
       <c r="F74">
         <v>1800</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>162</v>
       </c>
       <c r="B75" t="s">
         <v>163</v>
       </c>
       <c r="C75" t="s">
         <v>164</v>
       </c>
       <c r="D75"/>
       <c r="E75" t="s">
         <v>165</v>
       </c>
       <c r="F75">
         <v>1800</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">