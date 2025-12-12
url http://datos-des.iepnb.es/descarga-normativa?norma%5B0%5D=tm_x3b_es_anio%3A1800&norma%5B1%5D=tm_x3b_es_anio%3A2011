--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2801,75 +2801,75 @@
       <c r="H76" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>181</v>
       </c>
       <c r="B77" t="s">
         <v>182</v>
       </c>
       <c r="C77" t="s">
         <v>85</v>
       </c>
       <c r="D77" t="s">
         <v>46</v>
       </c>
       <c r="E77" t="s">
         <v>34</v>
       </c>
       <c r="F77">
         <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>181</v>
       </c>
       <c r="B78" t="s">
         <v>182</v>
       </c>
       <c r="C78" t="s">
         <v>85</v>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>183</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>184</v>
       </c>
       <c r="B79" t="s">
         <v>116</v>
       </c>
       <c r="C79" t="s">
         <v>45</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>183</v>
       </c>
@@ -2989,73 +2989,73 @@
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>196</v>
       </c>
       <c r="B85" t="s">
         <v>197</v>
       </c>
       <c r="C85" t="s">
         <v>130</v>
       </c>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>198</v>
       </c>
       <c r="F85">
         <v>1800</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>196</v>
       </c>
       <c r="B86" t="s">
         <v>197</v>
       </c>
       <c r="C86" t="s">
         <v>130</v>
       </c>
       <c r="D86"/>
       <c r="E86" t="s">
         <v>198</v>
       </c>
       <c r="F86">
         <v>1800</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">