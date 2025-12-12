--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3373,99 +3373,99 @@
       <c r="H65" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>159</v>
       </c>
       <c r="B66" t="s">
         <v>59</v>
       </c>
       <c r="C66" t="s">
         <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>30</v>
       </c>
       <c r="E66" t="s">
         <v>31</v>
       </c>
       <c r="F66">
         <v>2009</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>159</v>
       </c>
       <c r="B67" t="s">
         <v>59</v>
       </c>
       <c r="C67" t="s">
         <v>45</v>
       </c>
       <c r="D67" t="s">
         <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>159</v>
       </c>
       <c r="B68" t="s">
         <v>59</v>
       </c>
       <c r="C68" t="s">
         <v>45</v>
       </c>
       <c r="D68" t="s">
         <v>30</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>161</v>
       </c>
       <c r="B69" t="s">
         <v>162</v>
       </c>
       <c r="C69" t="s">
         <v>163</v>
       </c>
       <c r="D69" t="s">
         <v>30</v>
       </c>
       <c r="E69" t="s">
         <v>31</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>37</v>
       </c>
@@ -7157,73 +7157,73 @@
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>472</v>
       </c>
       <c r="B224" t="s">
         <v>473</v>
       </c>
       <c r="C224" t="s">
         <v>474</v>
       </c>
       <c r="D224"/>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224">
         <v>1800</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>472</v>
       </c>
       <c r="B225" t="s">
         <v>473</v>
       </c>
       <c r="C225" t="s">
         <v>474</v>
       </c>
       <c r="D225"/>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225">
         <v>1800</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">