--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -4482,73 +4482,73 @@
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>297</v>
       </c>
       <c r="B135" t="s">
         <v>298</v>
       </c>
       <c r="C135" t="s">
         <v>83</v>
       </c>
       <c r="D135"/>
       <c r="E135" t="s">
         <v>299</v>
       </c>
       <c r="F135">
         <v>1800</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>163</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>297</v>
       </c>
       <c r="B136" t="s">
         <v>298</v>
       </c>
       <c r="C136" t="s">
         <v>83</v>
       </c>
       <c r="D136"/>
       <c r="E136" t="s">
         <v>299</v>
       </c>
       <c r="F136">
         <v>1800</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">