--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3483,73 +3483,73 @@
       <c r="F100">
         <v>2004</v>
       </c>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>233</v>
       </c>
       <c r="B101" t="s">
         <v>234</v>
       </c>
       <c r="C101" t="s">
         <v>76</v>
       </c>
       <c r="D101"/>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101">
         <v>1800</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>233</v>
       </c>
       <c r="B102" t="s">
         <v>234</v>
       </c>
       <c r="C102" t="s">
         <v>76</v>
       </c>
       <c r="D102"/>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102">
         <v>1800</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>32</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">