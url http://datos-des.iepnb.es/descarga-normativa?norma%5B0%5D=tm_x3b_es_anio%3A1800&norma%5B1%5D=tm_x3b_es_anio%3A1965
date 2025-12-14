--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -74,54 +74,54 @@
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Orden  de 30 de abril de 1965 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Ricote, provincia de Murcia. BOE 127, 28 de mayo de 1965.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1965/05/28/pdfs/A07660-07660.pdf</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>