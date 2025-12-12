--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -167,54 +167,54 @@
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
   </si>
   <si>
     <t>https://www.google.es/</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Dictamen</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-80675</t>
   </si>
   <si>
     <t>Decisión de ejecución (UE) 2023/2806 de la comisión de 15 de diciembre de 2023 relativa a un formulario de información sobre un espacio Natura 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-81837</t>
   </si>
   <si>
     <t>Decisiones</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
@@ -1301,75 +1301,75 @@
       <c r="H18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
         <v>12</v>
       </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">