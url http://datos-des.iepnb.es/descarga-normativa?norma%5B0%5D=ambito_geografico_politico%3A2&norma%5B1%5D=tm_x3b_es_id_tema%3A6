--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -59,66 +59,66 @@
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación del galápago de Florida (Trachemys scripta) en Extremadura.</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/o/2021/04/29/(1)/dof/spa/pdf</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden de 29 de abril de 2021 por la que se aprueba el protocolo para el control y/o erradicación de Acacia dealbata (Mimosa) y Ailanthus altissima (Ailanto) en Extremadura.</t>
   </si>
@@ -942,91 +942,91 @@
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>23</v>
@@ -1640,51 +1640,51 @@
       <c r="H36" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>89</v>
       </c>
       <c r="B37" t="s">
         <v>90</v>
       </c>
       <c r="C37" t="s">
         <v>58</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="F37">
         <v>2009</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>91</v>
       </c>
       <c r="B38" t="s">
         <v>92</v>
       </c>
       <c r="C38" t="s">
         <v>58</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="F38">
         <v>2009</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>47</v>
       </c>
@@ -1782,51 +1782,51 @@
       <c r="H42" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>101</v>
       </c>
       <c r="B43" t="s">
         <v>102</v>
       </c>
       <c r="C43" t="s">
         <v>58</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="F43">
         <v>2007</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>103</v>
       </c>
       <c r="B44" t="s">
         <v>104</v>
       </c>
       <c r="C44" t="s">
         <v>58</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="F44">
         <v>2007</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>53</v>
       </c>
@@ -1854,73 +1854,73 @@
       <c r="H45" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>107</v>
       </c>
       <c r="B46" t="s">
         <v>108</v>
       </c>
       <c r="C46" t="s">
         <v>58</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="F46">
         <v>2007</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>109</v>
       </c>
       <c r="B47" t="s">
         <v>110</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47">
         <v>2006</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>111</v>
       </c>
       <c r="B48" t="s">
         <v>112</v>
       </c>
       <c r="C48" t="s">
         <v>58</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
         <v>2006</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>53</v>
       </c>
@@ -2092,51 +2092,51 @@
       <c r="H55" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>128</v>
       </c>
       <c r="B56" t="s">
         <v>129</v>
       </c>
       <c r="C56" t="s">
         <v>58</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>1999</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>130</v>
       </c>
       <c r="B57" t="s">
         <v>131</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57">
         <v>1998</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="58" spans="1:8">