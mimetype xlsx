--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -93,66 +93,66 @@
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Decreto 47/2022, de 17 de agosto, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del alto Najerilla  (BOR nº 160 de 22 de agosto de 2022)</t>
   </si>
   <si>
     <t>https://ias1.larioja.org/boletin/Bor_Boletin_visor_Servlet?referencia=21778282-1-PDF-548057-X</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>Decreto 46/2022, de 17 de agosto, por el que se amplía la Red Natura 2000 en La Rioja y se aprueban los planes de gestión y Ordenación de los recursos naturales (BOR nº 159 de 19 de agosto de 2022)</t>
   </si>
@@ -3645,91 +3645,91 @@
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>10</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>34</v>
@@ -3801,51 +3801,51 @@
       <c r="H16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>44</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2021</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18">
         <v>2020</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>48</v>
       </c>
@@ -4469,51 +4469,51 @@
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>105</v>
       </c>
       <c r="B46" t="s">
         <v>106</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>22</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46">
         <v>2016</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>107</v>
       </c>
       <c r="B47" t="s">
         <v>108</v>
       </c>
       <c r="C47" t="s">
         <v>36</v>
       </c>
       <c r="D47" t="s">
         <v>37</v>
       </c>
       <c r="E47" t="s">
         <v>16</v>
       </c>
       <c r="F47">
         <v>2016</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>109</v>
       </c>
@@ -4781,51 +4781,51 @@
       <c r="H58" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>131</v>
       </c>
       <c r="B59" t="s">
         <v>132</v>
       </c>
       <c r="C59" t="s">
         <v>36</v>
       </c>
       <c r="D59" t="s">
         <v>37</v>
       </c>
       <c r="E59" t="s">
         <v>16</v>
       </c>
       <c r="F59">
         <v>2015</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>133</v>
       </c>
       <c r="B60" t="s">
         <v>134</v>
       </c>
       <c r="C60" t="s">
         <v>36</v>
       </c>
       <c r="D60" t="s">
         <v>37</v>
       </c>
       <c r="E60" t="s">
         <v>16</v>
       </c>
       <c r="F60">
         <v>2015</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>23</v>
       </c>
@@ -6205,147 +6205,147 @@
       <c r="H121" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>246</v>
       </c>
       <c r="B122" t="s">
         <v>247</v>
       </c>
       <c r="C122" t="s">
         <v>36</v>
       </c>
       <c r="D122" t="s">
         <v>37</v>
       </c>
       <c r="E122" t="s">
         <v>16</v>
       </c>
       <c r="F122">
         <v>2014</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>248</v>
       </c>
       <c r="B123" t="s">
         <v>249</v>
       </c>
       <c r="C123" t="s">
         <v>36</v>
       </c>
       <c r="D123" t="s">
         <v>37</v>
       </c>
       <c r="E123" t="s">
         <v>16</v>
       </c>
       <c r="F123">
         <v>2014</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>250</v>
       </c>
       <c r="B124" t="s">
         <v>251</v>
       </c>
       <c r="C124" t="s">
         <v>36</v>
       </c>
       <c r="D124" t="s">
         <v>37</v>
       </c>
       <c r="E124" t="s">
         <v>16</v>
       </c>
       <c r="F124">
         <v>2014</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>252</v>
       </c>
       <c r="B125" t="s">
         <v>253</v>
       </c>
       <c r="C125" t="s">
         <v>36</v>
       </c>
       <c r="D125" t="s">
         <v>37</v>
       </c>
       <c r="E125" t="s">
         <v>16</v>
       </c>
       <c r="F125">
         <v>2014</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>254</v>
       </c>
       <c r="B126" t="s">
         <v>255</v>
       </c>
       <c r="C126" t="s">
         <v>36</v>
       </c>
       <c r="D126" t="s">
         <v>37</v>
       </c>
       <c r="E126" t="s">
         <v>16</v>
       </c>
       <c r="F126">
         <v>2014</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>256</v>
       </c>
       <c r="B127" t="s">
         <v>257</v>
       </c>
       <c r="C127" t="s">
         <v>36</v>
       </c>
       <c r="D127" t="s">
         <v>37</v>
       </c>
       <c r="E127" t="s">
         <v>16</v>
       </c>
       <c r="F127">
         <v>2014</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>38</v>
       </c>
@@ -6529,51 +6529,51 @@
       <c r="H135" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>274</v>
       </c>
       <c r="B136" t="s">
         <v>275</v>
       </c>
       <c r="C136" t="s">
         <v>145</v>
       </c>
       <c r="D136" t="s">
         <v>37</v>
       </c>
       <c r="E136" t="s">
         <v>16</v>
       </c>
       <c r="F136">
         <v>2013</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>276</v>
       </c>
       <c r="B137" t="s">
         <v>277</v>
       </c>
       <c r="C137" t="s">
         <v>145</v>
       </c>
       <c r="D137" t="s">
         <v>37</v>
       </c>
       <c r="E137" t="s">
         <v>16</v>
       </c>
       <c r="F137">
         <v>2013</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>56</v>
       </c>
@@ -6839,51 +6839,51 @@
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>300</v>
       </c>
       <c r="B149" t="s">
         <v>301</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>302</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149">
         <v>2012</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>303</v>
       </c>
       <c r="B150" t="s">
         <v>304</v>
       </c>
       <c r="C150" t="s">
         <v>145</v>
       </c>
       <c r="D150" t="s">
         <v>37</v>
       </c>
       <c r="E150" t="s">
         <v>16</v>
       </c>
       <c r="F150">
         <v>2012</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>152</v>
       </c>
@@ -7007,51 +7007,51 @@
       <c r="H155" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>315</v>
       </c>
       <c r="B156" t="s">
         <v>316</v>
       </c>
       <c r="C156" t="s">
         <v>145</v>
       </c>
       <c r="D156" t="s">
         <v>37</v>
       </c>
       <c r="E156" t="s">
         <v>16</v>
       </c>
       <c r="F156">
         <v>2012</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>317</v>
       </c>
       <c r="B157" t="s">
         <v>318</v>
       </c>
       <c r="C157" t="s">
         <v>36</v>
       </c>
       <c r="D157" t="s">
         <v>37</v>
       </c>
       <c r="E157" t="s">
         <v>16</v>
       </c>
       <c r="F157">
         <v>2012</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
         <v>269</v>
       </c>
@@ -7459,51 +7459,51 @@
       <c r="H174" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>353</v>
       </c>
       <c r="B175" t="s">
         <v>354</v>
       </c>
       <c r="C175" t="s">
         <v>36</v>
       </c>
       <c r="D175" t="s">
         <v>37</v>
       </c>
       <c r="E175" t="s">
         <v>16</v>
       </c>
       <c r="F175">
         <v>2011</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>355</v>
       </c>
       <c r="B176" t="s">
         <v>356</v>
       </c>
       <c r="C176" t="s">
         <v>36</v>
       </c>
       <c r="D176" t="s">
         <v>37</v>
       </c>
       <c r="E176" t="s">
         <v>16</v>
       </c>
       <c r="F176">
         <v>2011</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>48</v>
       </c>
@@ -7743,99 +7743,99 @@
       <c r="H186" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>377</v>
       </c>
       <c r="B187" t="s">
         <v>378</v>
       </c>
       <c r="C187" t="s">
         <v>75</v>
       </c>
       <c r="D187" t="s">
         <v>37</v>
       </c>
       <c r="E187" t="s">
         <v>16</v>
       </c>
       <c r="F187">
         <v>2010</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>379</v>
       </c>
       <c r="B188" t="s">
         <v>380</v>
       </c>
       <c r="C188" t="s">
         <v>145</v>
       </c>
       <c r="D188" t="s">
         <v>37</v>
       </c>
       <c r="E188" t="s">
         <v>16</v>
       </c>
       <c r="F188">
         <v>2010</v>
       </c>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>381</v>
       </c>
       <c r="B189" t="s">
         <v>382</v>
       </c>
       <c r="C189" t="s">
         <v>36</v>
       </c>
       <c r="D189" t="s">
         <v>37</v>
       </c>
       <c r="E189" t="s">
         <v>16</v>
       </c>
       <c r="F189">
         <v>2010</v>
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>383</v>
       </c>
       <c r="B190" t="s">
         <v>384</v>
       </c>
       <c r="C190" t="s">
         <v>145</v>
       </c>
       <c r="D190" t="s">
         <v>37</v>
       </c>
       <c r="E190" t="s">
         <v>16</v>
       </c>
       <c r="F190">
         <v>2010</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>269</v>
       </c>
@@ -7911,51 +7911,51 @@
       <c r="H193" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>391</v>
       </c>
       <c r="B194" t="s">
         <v>392</v>
       </c>
       <c r="C194" t="s">
         <v>75</v>
       </c>
       <c r="D194" t="s">
         <v>37</v>
       </c>
       <c r="E194" t="s">
         <v>16</v>
       </c>
       <c r="F194">
         <v>2010</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>393</v>
       </c>
       <c r="B195" t="s">
         <v>394</v>
       </c>
       <c r="C195" t="s">
         <v>36</v>
       </c>
       <c r="D195" t="s">
         <v>37</v>
       </c>
       <c r="E195" t="s">
         <v>16</v>
       </c>
       <c r="F195">
         <v>2010</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>48</v>
       </c>
@@ -7983,51 +7983,51 @@
       <c r="H196" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>397</v>
       </c>
       <c r="B197" t="s">
         <v>398</v>
       </c>
       <c r="C197" t="s">
         <v>36</v>
       </c>
       <c r="D197" t="s">
         <v>37</v>
       </c>
       <c r="E197" t="s">
         <v>16</v>
       </c>
       <c r="F197">
         <v>2010</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>399</v>
       </c>
       <c r="B198" t="s">
         <v>400</v>
       </c>
       <c r="C198" t="s">
         <v>145</v>
       </c>
       <c r="D198" t="s">
         <v>37</v>
       </c>
       <c r="E198" t="s">
         <v>16</v>
       </c>
       <c r="F198">
         <v>2010</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
         <v>23</v>
       </c>
@@ -8243,51 +8243,51 @@
       <c r="H207" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>419</v>
       </c>
       <c r="B208" t="s">
         <v>420</v>
       </c>
       <c r="C208" t="s">
         <v>145</v>
       </c>
       <c r="D208" t="s">
         <v>37</v>
       </c>
       <c r="E208" t="s">
         <v>16</v>
       </c>
       <c r="F208">
         <v>2009</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>421</v>
       </c>
       <c r="B209" t="s">
         <v>422</v>
       </c>
       <c r="C209" t="s">
         <v>145</v>
       </c>
       <c r="D209" t="s">
         <v>37</v>
       </c>
       <c r="E209" t="s">
         <v>16</v>
       </c>
       <c r="F209">
         <v>2009</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>56</v>
       </c>
@@ -8387,51 +8387,51 @@
       <c r="H213" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>431</v>
       </c>
       <c r="B214" t="s">
         <v>432</v>
       </c>
       <c r="C214" t="s">
         <v>36</v>
       </c>
       <c r="D214" t="s">
         <v>37</v>
       </c>
       <c r="E214" t="s">
         <v>16</v>
       </c>
       <c r="F214">
         <v>2009</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>433</v>
       </c>
       <c r="B215" t="s">
         <v>434</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>22</v>
       </c>
       <c r="E215" t="s">
         <v>10</v>
       </c>
       <c r="F215">
         <v>2008</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="216" spans="1:8">
@@ -8813,51 +8813,51 @@
       <c r="F231">
         <v>2008</v>
       </c>
       <c r="G231"/>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>467</v>
       </c>
       <c r="B232" t="s">
         <v>468</v>
       </c>
       <c r="C232"/>
       <c r="D232" t="s">
         <v>22</v>
       </c>
       <c r="E232" t="s">
         <v>10</v>
       </c>
       <c r="F232">
         <v>2007</v>
       </c>
       <c r="G232"/>
       <c r="H232" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>469</v>
       </c>
       <c r="B233" t="s">
         <v>470</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>22</v>
       </c>
       <c r="E233" t="s">
         <v>10</v>
       </c>
       <c r="F233">
         <v>2007</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="234" spans="1:8">
@@ -8905,51 +8905,51 @@
       <c r="H235" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>475</v>
       </c>
       <c r="B236" t="s">
         <v>476</v>
       </c>
       <c r="C236" t="s">
         <v>36</v>
       </c>
       <c r="D236" t="s">
         <v>37</v>
       </c>
       <c r="E236" t="s">
         <v>16</v>
       </c>
       <c r="F236">
         <v>2007</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>477</v>
       </c>
       <c r="B237" t="s">
         <v>478</v>
       </c>
       <c r="C237" t="s">
         <v>36</v>
       </c>
       <c r="D237" t="s">
         <v>37</v>
       </c>
       <c r="E237" t="s">
         <v>16</v>
       </c>
       <c r="F237">
         <v>2007</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
         <v>269</v>
       </c>
@@ -9169,51 +9169,51 @@
       <c r="H246" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>497</v>
       </c>
       <c r="B247" t="s">
         <v>498</v>
       </c>
       <c r="C247" t="s">
         <v>36</v>
       </c>
       <c r="D247" t="s">
         <v>37</v>
       </c>
       <c r="E247" t="s">
         <v>16</v>
       </c>
       <c r="F247">
         <v>2007</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>499</v>
       </c>
       <c r="B248" t="s">
         <v>500</v>
       </c>
       <c r="C248" t="s">
         <v>36</v>
       </c>
       <c r="D248" t="s">
         <v>37</v>
       </c>
       <c r="E248" t="s">
         <v>16</v>
       </c>
       <c r="F248">
         <v>2007</v>
       </c>
       <c r="G248"/>
       <c r="H248" t="s">
         <v>23</v>
       </c>
@@ -9379,51 +9379,51 @@
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>515</v>
       </c>
       <c r="B256" t="s">
         <v>516</v>
       </c>
       <c r="C256"/>
       <c r="D256" t="s">
         <v>22</v>
       </c>
       <c r="E256" t="s">
         <v>10</v>
       </c>
       <c r="F256">
         <v>2006</v>
       </c>
       <c r="G256"/>
       <c r="H256" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>517</v>
       </c>
       <c r="B257" t="s">
         <v>518</v>
       </c>
       <c r="C257"/>
       <c r="D257" t="s">
         <v>22</v>
       </c>
       <c r="E257" t="s">
         <v>10</v>
       </c>
       <c r="F257">
         <v>2006</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="258" spans="1:8">
@@ -9489,51 +9489,51 @@
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>525</v>
       </c>
       <c r="B261" t="s">
         <v>106</v>
       </c>
       <c r="C261"/>
       <c r="D261" t="s">
         <v>22</v>
       </c>
       <c r="E261" t="s">
         <v>10</v>
       </c>
       <c r="F261">
         <v>2006</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>526</v>
       </c>
       <c r="B262" t="s">
         <v>527</v>
       </c>
       <c r="C262" t="s">
         <v>36</v>
       </c>
       <c r="D262" t="s">
         <v>37</v>
       </c>
       <c r="E262" t="s">
         <v>16</v>
       </c>
       <c r="F262">
         <v>2006</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>269</v>
       </c>
@@ -9991,75 +9991,75 @@
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>566</v>
       </c>
       <c r="B282" t="s">
         <v>567</v>
       </c>
       <c r="C282"/>
       <c r="D282" t="s">
         <v>22</v>
       </c>
       <c r="E282" t="s">
         <v>10</v>
       </c>
       <c r="F282">
         <v>2005</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>568</v>
       </c>
       <c r="B283" t="s">
         <v>569</v>
       </c>
       <c r="C283" t="s">
         <v>75</v>
       </c>
       <c r="D283" t="s">
         <v>37</v>
       </c>
       <c r="E283" t="s">
         <v>16</v>
       </c>
       <c r="F283">
         <v>2005</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>570</v>
       </c>
       <c r="B284" t="s">
         <v>571</v>
       </c>
       <c r="C284" t="s">
         <v>36</v>
       </c>
       <c r="D284" t="s">
         <v>37</v>
       </c>
       <c r="E284" t="s">
         <v>16</v>
       </c>
       <c r="F284">
         <v>2005</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>59</v>
       </c>
@@ -10687,51 +10687,51 @@
       <c r="H310" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>624</v>
       </c>
       <c r="B311" t="s">
         <v>625</v>
       </c>
       <c r="C311" t="s">
         <v>145</v>
       </c>
       <c r="D311" t="s">
         <v>37</v>
       </c>
       <c r="E311" t="s">
         <v>16</v>
       </c>
       <c r="F311">
         <v>2004</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>626</v>
       </c>
       <c r="B312" t="s">
         <v>627</v>
       </c>
       <c r="C312" t="s">
         <v>75</v>
       </c>
       <c r="D312" t="s">
         <v>37</v>
       </c>
       <c r="E312" t="s">
         <v>16</v>
       </c>
       <c r="F312">
         <v>2004</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
         <v>38</v>
       </c>
@@ -10879,51 +10879,51 @@
       <c r="H318" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>640</v>
       </c>
       <c r="B319" t="s">
         <v>641</v>
       </c>
       <c r="C319" t="s">
         <v>36</v>
       </c>
       <c r="D319" t="s">
         <v>37</v>
       </c>
       <c r="E319" t="s">
         <v>16</v>
       </c>
       <c r="F319">
         <v>2004</v>
       </c>
       <c r="G319"/>
       <c r="H319" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>642</v>
       </c>
       <c r="B320" t="s">
         <v>643</v>
       </c>
       <c r="C320" t="s">
         <v>36</v>
       </c>
       <c r="D320" t="s">
         <v>37</v>
       </c>
       <c r="E320" t="s">
         <v>16</v>
       </c>
       <c r="F320">
         <v>2004</v>
       </c>
       <c r="G320"/>
       <c r="H320" t="s">
         <v>43</v>
       </c>
@@ -11665,147 +11665,147 @@
       <c r="H351" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>706</v>
       </c>
       <c r="B352" t="s">
         <v>707</v>
       </c>
       <c r="C352" t="s">
         <v>75</v>
       </c>
       <c r="D352" t="s">
         <v>37</v>
       </c>
       <c r="E352" t="s">
         <v>16</v>
       </c>
       <c r="F352">
         <v>2002</v>
       </c>
       <c r="G352"/>
       <c r="H352" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>708</v>
       </c>
       <c r="B353" t="s">
         <v>709</v>
       </c>
       <c r="C353" t="s">
         <v>75</v>
       </c>
       <c r="D353" t="s">
         <v>37</v>
       </c>
       <c r="E353" t="s">
         <v>16</v>
       </c>
       <c r="F353">
         <v>2002</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>710</v>
       </c>
       <c r="B354" t="s">
         <v>711</v>
       </c>
       <c r="C354" t="s">
         <v>36</v>
       </c>
       <c r="D354" t="s">
         <v>37</v>
       </c>
       <c r="E354" t="s">
         <v>16</v>
       </c>
       <c r="F354">
         <v>2002</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>712</v>
       </c>
       <c r="B355" t="s">
         <v>713</v>
       </c>
       <c r="C355" t="s">
         <v>36</v>
       </c>
       <c r="D355" t="s">
         <v>37</v>
       </c>
       <c r="E355" t="s">
         <v>16</v>
       </c>
       <c r="F355">
         <v>2002</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>714</v>
       </c>
       <c r="B356" t="s">
         <v>715</v>
       </c>
       <c r="C356" t="s">
         <v>36</v>
       </c>
       <c r="D356" t="s">
         <v>37</v>
       </c>
       <c r="E356" t="s">
         <v>16</v>
       </c>
       <c r="F356">
         <v>2002</v>
       </c>
       <c r="G356"/>
       <c r="H356" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>716</v>
       </c>
       <c r="B357" t="s">
         <v>717</v>
       </c>
       <c r="C357" t="s">
         <v>36</v>
       </c>
       <c r="D357" t="s">
         <v>37</v>
       </c>
       <c r="E357" t="s">
         <v>16</v>
       </c>
       <c r="F357">
         <v>2002</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
         <v>48</v>
       </c>
@@ -11905,51 +11905,51 @@
       <c r="H361" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>726</v>
       </c>
       <c r="B362" t="s">
         <v>727</v>
       </c>
       <c r="C362" t="s">
         <v>36</v>
       </c>
       <c r="D362" t="s">
         <v>37</v>
       </c>
       <c r="E362" t="s">
         <v>16</v>
       </c>
       <c r="F362">
         <v>2001</v>
       </c>
       <c r="G362"/>
       <c r="H362" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>728</v>
       </c>
       <c r="B363" t="s">
         <v>729</v>
       </c>
       <c r="C363" t="s">
         <v>36</v>
       </c>
       <c r="D363" t="s">
         <v>37</v>
       </c>
       <c r="E363" t="s">
         <v>16</v>
       </c>
       <c r="F363">
         <v>2001</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>48</v>
       </c>
@@ -11977,51 +11977,51 @@
       <c r="H364" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>732</v>
       </c>
       <c r="B365" t="s">
         <v>733</v>
       </c>
       <c r="C365" t="s">
         <v>75</v>
       </c>
       <c r="D365" t="s">
         <v>37</v>
       </c>
       <c r="E365" t="s">
         <v>16</v>
       </c>
       <c r="F365">
         <v>2001</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>734</v>
       </c>
       <c r="B366" t="s">
         <v>735</v>
       </c>
       <c r="C366" t="s">
         <v>36</v>
       </c>
       <c r="D366" t="s">
         <v>37</v>
       </c>
       <c r="E366" t="s">
         <v>16</v>
       </c>
       <c r="F366">
         <v>2001</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
         <v>59</v>
       </c>
@@ -12193,51 +12193,51 @@
       <c r="H373" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>750</v>
       </c>
       <c r="B374" t="s">
         <v>751</v>
       </c>
       <c r="C374" t="s">
         <v>145</v>
       </c>
       <c r="D374" t="s">
         <v>37</v>
       </c>
       <c r="E374" t="s">
         <v>16</v>
       </c>
       <c r="F374">
         <v>2001</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>752</v>
       </c>
       <c r="B375" t="s">
         <v>753</v>
       </c>
       <c r="C375" t="s">
         <v>36</v>
       </c>
       <c r="D375" t="s">
         <v>37</v>
       </c>
       <c r="E375" t="s">
         <v>16</v>
       </c>
       <c r="F375">
         <v>2000</v>
       </c>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>48</v>
       </c>
@@ -12619,51 +12619,51 @@
       <c r="H391" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>786</v>
       </c>
       <c r="B392" t="s">
         <v>787</v>
       </c>
       <c r="C392" t="s">
         <v>36</v>
       </c>
       <c r="D392" t="s">
         <v>37</v>
       </c>
       <c r="E392" t="s">
         <v>16</v>
       </c>
       <c r="F392">
         <v>1999</v>
       </c>
       <c r="G392"/>
       <c r="H392" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>788</v>
       </c>
       <c r="B393" t="s">
         <v>789</v>
       </c>
       <c r="C393" t="s">
         <v>36</v>
       </c>
       <c r="D393" t="s">
         <v>37</v>
       </c>
       <c r="E393" t="s">
         <v>16</v>
       </c>
       <c r="F393">
         <v>1999</v>
       </c>
       <c r="G393"/>
       <c r="H393" t="s">
         <v>48</v>
       </c>
@@ -12859,75 +12859,75 @@
       <c r="H401" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>806</v>
       </c>
       <c r="B402" t="s">
         <v>807</v>
       </c>
       <c r="C402" t="s">
         <v>36</v>
       </c>
       <c r="D402" t="s">
         <v>37</v>
       </c>
       <c r="E402" t="s">
         <v>16</v>
       </c>
       <c r="F402">
         <v>1999</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>808</v>
       </c>
       <c r="B403" t="s">
         <v>809</v>
       </c>
       <c r="C403" t="s">
         <v>36</v>
       </c>
       <c r="D403" t="s">
         <v>37</v>
       </c>
       <c r="E403" t="s">
         <v>16</v>
       </c>
       <c r="F403">
         <v>1999</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>810</v>
       </c>
       <c r="B404" t="s">
         <v>811</v>
       </c>
       <c r="C404" t="s">
         <v>36</v>
       </c>
       <c r="D404" t="s">
         <v>37</v>
       </c>
       <c r="E404" t="s">
         <v>16</v>
       </c>
       <c r="F404">
         <v>1999</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
         <v>53</v>
       </c>
@@ -13405,51 +13405,51 @@
       <c r="H424" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>852</v>
       </c>
       <c r="B425" t="s">
         <v>853</v>
       </c>
       <c r="C425" t="s">
         <v>36</v>
       </c>
       <c r="D425" t="s">
         <v>37</v>
       </c>
       <c r="E425" t="s">
         <v>16</v>
       </c>
       <c r="F425">
         <v>1997</v>
       </c>
       <c r="G425"/>
       <c r="H425" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>854</v>
       </c>
       <c r="B426" t="s">
         <v>855</v>
       </c>
       <c r="C426" t="s">
         <v>36</v>
       </c>
       <c r="D426" t="s">
         <v>37</v>
       </c>
       <c r="E426" t="s">
         <v>16</v>
       </c>
       <c r="F426">
         <v>1997</v>
       </c>
       <c r="G426"/>
       <c r="H426" t="s">
         <v>76</v>
       </c>
@@ -14565,51 +14565,51 @@
       <c r="H473" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>950</v>
       </c>
       <c r="B474" t="s">
         <v>951</v>
       </c>
       <c r="C474" t="s">
         <v>75</v>
       </c>
       <c r="D474" t="s">
         <v>37</v>
       </c>
       <c r="E474" t="s">
         <v>16</v>
       </c>
       <c r="F474">
         <v>1992</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>952</v>
       </c>
       <c r="B475" t="s">
         <v>953</v>
       </c>
       <c r="C475" t="s">
         <v>36</v>
       </c>
       <c r="D475" t="s">
         <v>37</v>
       </c>
       <c r="E475" t="s">
         <v>16</v>
       </c>
       <c r="F475">
         <v>1992</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
         <v>53</v>
       </c>
@@ -14803,51 +14803,51 @@
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>970</v>
       </c>
       <c r="B484" t="s">
         <v>971</v>
       </c>
       <c r="C484"/>
       <c r="D484" t="s">
         <v>22</v>
       </c>
       <c r="E484" t="s">
         <v>10</v>
       </c>
       <c r="F484">
         <v>1984</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>972</v>
       </c>
       <c r="B485" t="s">
         <v>973</v>
       </c>
       <c r="C485" t="s">
         <v>36</v>
       </c>
       <c r="D485" t="s">
         <v>37</v>
       </c>
       <c r="E485" t="s">
         <v>16</v>
       </c>
       <c r="F485">
         <v>1974</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
         <v>48</v>
       </c>
@@ -14855,65 +14855,65 @@
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>974</v>
       </c>
       <c r="B486"/>
       <c r="C486"/>
       <c r="D486"/>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486"/>
       <c r="H486" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>975</v>
       </c>
       <c r="B487"/>
       <c r="C487"/>
       <c r="D487"/>
       <c r="E487"/>
       <c r="F487"/>
       <c r="G487"/>
       <c r="H487" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>975</v>
       </c>
       <c r="B488"/>
       <c r="C488"/>
       <c r="D488"/>
       <c r="E488"/>
       <c r="F488"/>
       <c r="G488"/>
       <c r="H488" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>976</v>
       </c>
       <c r="B489"/>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>977</v>
       </c>
       <c r="B490"/>
       <c r="C490"/>
       <c r="D490"/>
       <c r="E490"/>
       <c r="F490"/>
@@ -15037,51 +15037,51 @@
       <c r="B498" t="s">
         <v>991</v>
       </c>
       <c r="C498"/>
       <c r="D498"/>
       <c r="E498"/>
       <c r="F498"/>
       <c r="G498"/>
       <c r="H498" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>992</v>
       </c>
       <c r="B499" t="s">
         <v>993</v>
       </c>
       <c r="C499"/>
       <c r="D499"/>
       <c r="E499"/>
       <c r="F499"/>
       <c r="G499"/>
       <c r="H499" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>994</v>
       </c>
       <c r="B500" t="s">
         <v>995</v>
       </c>
       <c r="C500"/>
       <c r="D500"/>
       <c r="E500"/>
       <c r="F500"/>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>996</v>
       </c>
       <c r="B501" t="s">
         <v>995</v>
       </c>
@@ -15313,51 +15313,51 @@
       <c r="F514"/>
       <c r="G514"/>
       <c r="H514" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>1018</v>
       </c>
       <c r="B515" t="s">
         <v>1019</v>
       </c>
       <c r="C515" t="s">
         <v>36</v>
       </c>
       <c r="D515" t="s">
         <v>37</v>
       </c>
       <c r="E515" t="s">
         <v>16</v>
       </c>
       <c r="F515"/>
       <c r="G515"/>
       <c r="H515" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">