--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -83,66 +83,66 @@
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Decreto 51/2013, de 24 de mayo, por el que se aprueban las normas especiales reguladoras de la subvención a otorgar por concesión directa al Instituto Español de Oceanografía para la ejecución del proyecto denominado “Red de seguimiento de las praderas de Posidonia Oceánica y del cambio climático en el litoral de la Región de Murcia”. BORM 121. 28/05/2013.</t>
   </si>
   <si>
     <t>https://www.borm.es/#/home/Anuncio/28-05-2013/8262</t>
   </si>
@@ -779,91 +779,91 @@
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>20</v>
       </c>
@@ -935,99 +935,99 @@
       <c r="H16" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17">
         <v>2010</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18">
         <v>2009</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>48</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
         <v>32</v>
       </c>
       <c r="F19">
         <v>2009</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>37</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20">
         <v>2007</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>53</v>
       </c>
@@ -1055,51 +1055,51 @@
       <c r="H21" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" t="s">
         <v>37</v>
       </c>
       <c r="D22" t="s">
         <v>38</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22">
         <v>1997</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>38</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23">
         <v>1996</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>61</v>
       </c>
@@ -1125,51 +1125,51 @@
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>38</v>
       </c>
       <c r="E25" t="s">
         <v>32</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">