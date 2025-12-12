--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -113,66 +113,66 @@
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Resolución de 18 de mayo de 2021, de la Dirección General de Biodiversidad, Bosques y Desertificación, por la que se publica el Acuerdo del Consejo de Ministros de 20 de abril de 2021, por el que se autoriza la inclusión en la Lista del Convenio de Ramsar, relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, del Parque Nacional Marítimo-Terrestre de las Islas Atlánticas de Galicia. BOE 122, de 22 de mayo de 2021</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/res/2021/05/18/(1)</t>
   </si>
@@ -3080,91 +3080,91 @@
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>16</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>16</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>16</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>16</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:8">
@@ -3232,97 +3232,97 @@
       </c>
       <c r="G20"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21">
         <v>2020</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>16</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>57</v>
       </c>
@@ -3470,51 +3470,51 @@
       <c r="H30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>75</v>
       </c>
       <c r="B31" t="s">
         <v>76</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31">
         <v>2018</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>77</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32">
         <v>2018</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>28</v>
       </c>
@@ -3540,51 +3540,51 @@
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>81</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>16</v>
       </c>
       <c r="F34">
         <v>2017</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>83</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>74</v>
       </c>
@@ -4210,51 +4210,51 @@
       <c r="H61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>139</v>
       </c>
       <c r="B62" t="s">
         <v>140</v>
       </c>
       <c r="C62" t="s">
         <v>47</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62">
         <v>2015</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>141</v>
       </c>
       <c r="B63" t="s">
         <v>142</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63">
         <v>2015</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>124</v>
       </c>
@@ -4306,51 +4306,51 @@
       <c r="H65" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>148</v>
       </c>
       <c r="B66" t="s">
         <v>149</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66">
         <v>2015</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>150</v>
       </c>
       <c r="B67" t="s">
         <v>151</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67">
         <v>2015</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>124</v>
       </c>
@@ -4760,51 +4760,51 @@
       <c r="H84" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>186</v>
       </c>
       <c r="B85" t="s">
         <v>187</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85">
         <v>2013</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>188</v>
       </c>
       <c r="B86" t="s">
         <v>189</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86">
         <v>2012</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>28</v>
       </c>
@@ -5136,123 +5136,123 @@
       <c r="H100" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>218</v>
       </c>
       <c r="B101" t="s">
         <v>219</v>
       </c>
       <c r="C101" t="s">
         <v>47</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101">
         <v>2010</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>220</v>
       </c>
       <c r="B102" t="s">
         <v>221</v>
       </c>
       <c r="C102" t="s">
         <v>47</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102">
         <v>2010</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>222</v>
       </c>
       <c r="B103" t="s">
         <v>223</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103">
         <v>2010</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>224</v>
       </c>
       <c r="B104" t="s">
         <v>225</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104">
         <v>2010</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>226</v>
       </c>
       <c r="B105" t="s">
         <v>227</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105">
         <v>2010</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>111</v>
       </c>
@@ -5492,51 +5492,51 @@
       <c r="H115" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>248</v>
       </c>
       <c r="B116" t="s">
         <v>249</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116">
         <v>2008</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>250</v>
       </c>
       <c r="B117" t="s">
         <v>251</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117">
         <v>2008</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>28</v>
       </c>
@@ -5608,51 +5608,51 @@
       <c r="H120" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>258</v>
       </c>
       <c r="B121" t="s">
         <v>259</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121">
         <v>2007</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>260</v>
       </c>
       <c r="B122" t="s">
         <v>261</v>
       </c>
       <c r="C122" t="s">
         <v>262</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122">
         <v>2007</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>13</v>
       </c>
@@ -6632,75 +6632,75 @@
       <c r="H163" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>346</v>
       </c>
       <c r="B164" t="s">
         <v>347</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164">
         <v>2005</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>348</v>
       </c>
       <c r="B165" t="s">
         <v>349</v>
       </c>
       <c r="C165" t="s">
         <v>10</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165">
         <v>2005</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>350</v>
       </c>
       <c r="B166" t="s">
         <v>351</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166">
         <v>2005</v>
       </c>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>124</v>
       </c>
@@ -6920,51 +6920,51 @@
       <c r="H175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>370</v>
       </c>
       <c r="B176" t="s">
         <v>371</v>
       </c>
       <c r="C176" t="s">
         <v>47</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176">
         <v>2004</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>372</v>
       </c>
       <c r="B177" t="s">
         <v>373</v>
       </c>
       <c r="C177" t="s">
         <v>10</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177">
         <v>2004</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>63</v>
       </c>
@@ -7160,51 +7160,51 @@
       <c r="H185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>390</v>
       </c>
       <c r="B186" t="s">
         <v>391</v>
       </c>
       <c r="C186" t="s">
         <v>10</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186">
         <v>2004</v>
       </c>
       <c r="G186"/>
       <c r="H186" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>392</v>
       </c>
       <c r="B187" t="s">
         <v>393</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187">
         <v>2004</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
         <v>71</v>
       </c>
@@ -7684,51 +7684,51 @@
       <c r="H207" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>434</v>
       </c>
       <c r="B208" t="s">
         <v>435</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208">
         <v>2003</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>436</v>
       </c>
       <c r="B209" t="s">
         <v>437</v>
       </c>
       <c r="C209" t="s">
         <v>10</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209">
         <v>2003</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>71</v>
       </c>
@@ -7756,171 +7756,171 @@
       <c r="H210" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>440</v>
       </c>
       <c r="B211" t="s">
         <v>441</v>
       </c>
       <c r="C211" t="s">
         <v>47</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211">
         <v>2002</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>442</v>
       </c>
       <c r="B212" t="s">
         <v>443</v>
       </c>
       <c r="C212" t="s">
         <v>47</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212">
         <v>2002</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>444</v>
       </c>
       <c r="B213" t="s">
         <v>445</v>
       </c>
       <c r="C213" t="s">
         <v>47</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213">
         <v>2002</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>446</v>
       </c>
       <c r="B214" t="s">
         <v>447</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214">
         <v>2002</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>448</v>
       </c>
       <c r="B215" t="s">
         <v>449</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215">
         <v>2002</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>450</v>
       </c>
       <c r="B216" t="s">
         <v>451</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216">
         <v>2002</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>452</v>
       </c>
       <c r="B217" t="s">
         <v>453</v>
       </c>
       <c r="C217" t="s">
         <v>10</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217">
         <v>2002</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>147</v>
       </c>
@@ -7996,51 +7996,51 @@
       <c r="H220" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>460</v>
       </c>
       <c r="B221" t="s">
         <v>461</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221">
         <v>2002</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>462</v>
       </c>
       <c r="B222" t="s">
         <v>463</v>
       </c>
       <c r="C222" t="s">
         <v>10</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222">
         <v>2002</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>147</v>
       </c>
@@ -8116,51 +8116,51 @@
       <c r="H225" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>470</v>
       </c>
       <c r="B226" t="s">
         <v>471</v>
       </c>
       <c r="C226" t="s">
         <v>10</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226">
         <v>2002</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>472</v>
       </c>
       <c r="B227" t="s">
         <v>473</v>
       </c>
       <c r="C227" t="s">
         <v>10</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227">
         <v>2002</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>124</v>
       </c>
@@ -8280,51 +8280,51 @@
       <c r="H232" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>484</v>
       </c>
       <c r="B233" t="s">
         <v>485</v>
       </c>
       <c r="C233" t="s">
         <v>47</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233">
         <v>2001</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>486</v>
       </c>
       <c r="B234" t="s">
         <v>487</v>
       </c>
       <c r="C234" t="s">
         <v>10</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234">
         <v>2001</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
         <v>60</v>
       </c>
@@ -8376,51 +8376,51 @@
       <c r="H236" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>492</v>
       </c>
       <c r="B237" t="s">
         <v>493</v>
       </c>
       <c r="C237" t="s">
         <v>10</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237">
         <v>2001</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>494</v>
       </c>
       <c r="B238" t="s">
         <v>495</v>
       </c>
       <c r="C238" t="s">
         <v>10</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238">
         <v>2001</v>
       </c>
       <c r="G238"/>
       <c r="H238" t="s">
         <v>124</v>
       </c>
@@ -8448,51 +8448,51 @@
       <c r="H239" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>498</v>
       </c>
       <c r="B240" t="s">
         <v>499</v>
       </c>
       <c r="C240" t="s">
         <v>10</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240">
         <v>2001</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>500</v>
       </c>
       <c r="B241" t="s">
         <v>501</v>
       </c>
       <c r="C241"/>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>16</v>
       </c>
       <c r="F241">
         <v>2000</v>
       </c>
       <c r="G241"/>
       <c r="H241" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="242" spans="1:8">
@@ -8758,51 +8758,51 @@
       <c r="H252" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>524</v>
       </c>
       <c r="B253" t="s">
         <v>525</v>
       </c>
       <c r="C253" t="s">
         <v>10</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253">
         <v>2000</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>526</v>
       </c>
       <c r="B254" t="s">
         <v>527</v>
       </c>
       <c r="C254" t="s">
         <v>10</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254">
         <v>2000</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>28</v>
       </c>
@@ -8946,51 +8946,51 @@
       <c r="H260" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>540</v>
       </c>
       <c r="B261" t="s">
         <v>541</v>
       </c>
       <c r="C261" t="s">
         <v>47</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261">
         <v>1999</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>542</v>
       </c>
       <c r="B262" t="s">
         <v>543</v>
       </c>
       <c r="C262" t="s">
         <v>110</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262">
         <v>1999</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
         <v>28</v>
       </c>
@@ -9138,51 +9138,51 @@
       <c r="H268" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>556</v>
       </c>
       <c r="B269" t="s">
         <v>557</v>
       </c>
       <c r="C269" t="s">
         <v>110</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269">
         <v>1999</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>558</v>
       </c>
       <c r="B270" t="s">
         <v>559</v>
       </c>
       <c r="C270" t="s">
         <v>10</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270">
         <v>1999</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
         <v>28</v>
       </c>
@@ -9210,51 +9210,51 @@
       <c r="H271" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>562</v>
       </c>
       <c r="B272" t="s">
         <v>563</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272">
         <v>1999</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>564</v>
       </c>
       <c r="B273" t="s">
         <v>565</v>
       </c>
       <c r="C273" t="s">
         <v>10</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273">
         <v>1999</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>111</v>
       </c>
@@ -9378,51 +9378,51 @@
       <c r="H278" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>576</v>
       </c>
       <c r="B279" t="s">
         <v>577</v>
       </c>
       <c r="C279" t="s">
         <v>10</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279">
         <v>1999</v>
       </c>
       <c r="G279"/>
       <c r="H279" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>578</v>
       </c>
       <c r="B280" t="s">
         <v>579</v>
       </c>
       <c r="C280" t="s">
         <v>10</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280">
         <v>1999</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
         <v>147</v>
       </c>
@@ -9474,51 +9474,51 @@
       <c r="H282" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>584</v>
       </c>
       <c r="B283" t="s">
         <v>585</v>
       </c>
       <c r="C283" t="s">
         <v>47</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283">
         <v>1998</v>
       </c>
       <c r="G283"/>
       <c r="H283" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>586</v>
       </c>
       <c r="B284" t="s">
         <v>587</v>
       </c>
       <c r="C284" t="s">
         <v>110</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284">
         <v>1998</v>
       </c>
       <c r="G284"/>
       <c r="H284" t="s">
         <v>28</v>
       </c>
@@ -9856,51 +9856,51 @@
       <c r="H298" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>616</v>
       </c>
       <c r="B299" t="s">
         <v>617</v>
       </c>
       <c r="C299" t="s">
         <v>262</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299">
         <v>1997</v>
       </c>
       <c r="G299"/>
       <c r="H299" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>618</v>
       </c>
       <c r="B300" t="s">
         <v>619</v>
       </c>
       <c r="C300" t="s">
         <v>10</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300">
         <v>1997</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
         <v>63</v>
       </c>
@@ -9976,51 +9976,51 @@
       <c r="H303" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>626</v>
       </c>
       <c r="B304" t="s">
         <v>627</v>
       </c>
       <c r="C304" t="s">
         <v>10</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304">
         <v>1997</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>628</v>
       </c>
       <c r="B305" t="s">
         <v>629</v>
       </c>
       <c r="C305" t="s">
         <v>110</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305">
         <v>1996</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>28</v>
       </c>
@@ -10096,51 +10096,51 @@
       <c r="H308" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>636</v>
       </c>
       <c r="B309" t="s">
         <v>637</v>
       </c>
       <c r="C309" t="s">
         <v>47</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309">
         <v>1996</v>
       </c>
       <c r="G309"/>
       <c r="H309" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>638</v>
       </c>
       <c r="B310" t="s">
         <v>639</v>
       </c>
       <c r="C310" t="s">
         <v>10</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310">
         <v>1996</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
         <v>13</v>
       </c>
@@ -10192,73 +10192,73 @@
       <c r="H312" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>644</v>
       </c>
       <c r="B313" t="s">
         <v>645</v>
       </c>
       <c r="C313" t="s">
         <v>10</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313">
         <v>1996</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>646</v>
       </c>
       <c r="B314" t="s">
         <v>647</v>
       </c>
       <c r="C314"/>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>16</v>
       </c>
       <c r="F314">
         <v>1995</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>648</v>
       </c>
       <c r="B315" t="s">
         <v>649</v>
       </c>
       <c r="C315"/>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>16</v>
       </c>
       <c r="F315">
         <v>1995</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="316" spans="1:8">
@@ -11072,51 +11072,51 @@
       <c r="H349" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>718</v>
       </c>
       <c r="B350" t="s">
         <v>719</v>
       </c>
       <c r="C350" t="s">
         <v>47</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>12</v>
       </c>
       <c r="F350">
         <v>1992</v>
       </c>
       <c r="G350"/>
       <c r="H350" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>720</v>
       </c>
       <c r="B351" t="s">
         <v>721</v>
       </c>
       <c r="C351" t="s">
         <v>10</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>12</v>
       </c>
       <c r="F351">
         <v>1992</v>
       </c>
       <c r="G351"/>
       <c r="H351" t="s">
         <v>71</v>
       </c>
@@ -11168,51 +11168,51 @@
       <c r="H353" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>726</v>
       </c>
       <c r="B354" t="s">
         <v>727</v>
       </c>
       <c r="C354" t="s">
         <v>47</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354">
         <v>1991</v>
       </c>
       <c r="G354"/>
       <c r="H354" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>726</v>
       </c>
       <c r="B355" t="s">
         <v>727</v>
       </c>
       <c r="C355" t="s">
         <v>47</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355">
         <v>1991</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>66</v>
       </c>
@@ -11264,97 +11264,97 @@
       <c r="H357" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>732</v>
       </c>
       <c r="B358" t="s">
         <v>733</v>
       </c>
       <c r="C358" t="s">
         <v>10</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>12</v>
       </c>
       <c r="F358">
         <v>1991</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>734</v>
       </c>
       <c r="B359" t="s">
         <v>735</v>
       </c>
       <c r="C359" t="s">
         <v>10</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>12</v>
       </c>
       <c r="F359">
         <v>1991</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>736</v>
       </c>
       <c r="B360" t="s">
         <v>737</v>
       </c>
       <c r="C360"/>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>16</v>
       </c>
       <c r="F360">
         <v>1990</v>
       </c>
       <c r="G360"/>
       <c r="H360" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>738</v>
       </c>
       <c r="B361" t="s">
         <v>739</v>
       </c>
       <c r="C361" t="s">
         <v>110</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>12</v>
       </c>
       <c r="F361">
         <v>1990</v>
       </c>
       <c r="G361"/>
       <c r="H361" t="s">
         <v>28</v>
       </c>
@@ -11502,51 +11502,51 @@
       <c r="H367" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>752</v>
       </c>
       <c r="B368" t="s">
         <v>753</v>
       </c>
       <c r="C368" t="s">
         <v>47</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368">
         <v>1988</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>754</v>
       </c>
       <c r="B369" t="s">
         <v>755</v>
       </c>
       <c r="C369" t="s">
         <v>10</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>12</v>
       </c>
       <c r="F369">
         <v>1988</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
         <v>28</v>
       </c>
@@ -11976,51 +11976,51 @@
       <c r="B388" t="s">
         <v>795</v>
       </c>
       <c r="C388"/>
       <c r="D388"/>
       <c r="E388"/>
       <c r="F388"/>
       <c r="G388"/>
       <c r="H388" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>796</v>
       </c>
       <c r="B389" t="s">
         <v>797</v>
       </c>
       <c r="C389"/>
       <c r="D389"/>
       <c r="E389"/>
       <c r="F389"/>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>798</v>
       </c>
       <c r="B390" t="s">
         <v>799</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390"/>
       <c r="F390"/>
       <c r="G390"/>
       <c r="H390" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>800</v>
       </c>
       <c r="B391" t="s">
         <v>801</v>
       </c>