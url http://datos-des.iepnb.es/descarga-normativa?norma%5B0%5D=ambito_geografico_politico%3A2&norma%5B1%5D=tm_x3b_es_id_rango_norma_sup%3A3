--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -113,66 +113,66 @@
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto-ley 1/2023, de 30 de enero, de medidas extraordinarias y urgentes para la protección de la lagartija pitiusa (Podarcis pityusensis) y la lagartija balear (Podarcis lilfordi) y para la prevención y lucha contra las especies de la familia Colubridae sensu lato.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/dl/2023/01/30/1</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
@@ -2083,91 +2083,91 @@
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="B18" t="s">
         <v>32</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>10</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>40</v>
       </c>
       <c r="E19" t="s">
         <v>10</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:8">
@@ -2425,95 +2425,95 @@
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>72</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32">
         <v>2017</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>74</v>
       </c>
       <c r="B33" t="s">
         <v>75</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33">
         <v>2017</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>76</v>
       </c>
       <c r="B34" t="s">
         <v>77</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34">
         <v>2016</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>78</v>
       </c>
       <c r="B35" t="s">
         <v>79</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>10</v>
       </c>
       <c r="F35">
         <v>2015</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:8">
@@ -2555,73 +2555,73 @@
       <c r="F37">
         <v>2013</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>84</v>
       </c>
       <c r="B38" t="s">
         <v>85</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>10</v>
       </c>
       <c r="F38">
         <v>2013</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>86</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39">
         <v>2013</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>87</v>
       </c>
       <c r="B40" t="s">
         <v>88</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>10</v>
       </c>
       <c r="F40">
         <v>2013</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="41" spans="1:8">
@@ -2665,95 +2665,95 @@
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>94</v>
       </c>
       <c r="B43" t="s">
         <v>83</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43">
         <v>2013</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>95</v>
       </c>
       <c r="B44" t="s">
         <v>96</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>10</v>
       </c>
       <c r="F44">
         <v>2012</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>97</v>
       </c>
       <c r="B45" t="s">
         <v>98</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>40</v>
       </c>
       <c r="E45" t="s">
         <v>10</v>
       </c>
       <c r="F45">
         <v>2012</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>99</v>
       </c>
       <c r="B46" t="s">
         <v>100</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46">
         <v>2011</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="47" spans="1:8">
@@ -2995,51 +2995,51 @@
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>126</v>
       </c>
       <c r="B58" t="s">
         <v>127</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58">
         <v>2010</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>128</v>
       </c>
       <c r="B59" t="s">
         <v>129</v>
       </c>
       <c r="C59"/>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>10</v>
       </c>
       <c r="F59">
         <v>2009</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="60" spans="1:8">
@@ -3083,51 +3083,51 @@
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>134</v>
       </c>
       <c r="B62" t="s">
         <v>135</v>
       </c>
       <c r="C62"/>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>10</v>
       </c>
       <c r="F62">
         <v>2009</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>136</v>
       </c>
       <c r="B63" t="s">
         <v>137</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63">
         <v>2008</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="64" spans="1:8">
@@ -3149,51 +3149,51 @@
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>140</v>
       </c>
       <c r="B65" t="s">
         <v>141</v>
       </c>
       <c r="C65"/>
       <c r="D65" t="s">
         <v>40</v>
       </c>
       <c r="E65" t="s">
         <v>10</v>
       </c>
       <c r="F65">
         <v>2008</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>142</v>
       </c>
       <c r="B66" t="s">
         <v>143</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>10</v>
       </c>
       <c r="F66">
         <v>2008</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="67" spans="1:8">
@@ -3235,51 +3235,51 @@
       <c r="F68">
         <v>2008</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>148</v>
       </c>
       <c r="B69" t="s">
         <v>149</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69">
         <v>2008</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>150</v>
       </c>
       <c r="B70" t="s">
         <v>151</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>10</v>
       </c>
       <c r="F70">
         <v>2008</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="71" spans="1:8">
@@ -3301,51 +3301,51 @@
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>154</v>
       </c>
       <c r="B72" t="s">
         <v>155</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>10</v>
       </c>
       <c r="F72">
         <v>2007</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>156</v>
       </c>
       <c r="B73" t="s">
         <v>157</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>10</v>
       </c>
       <c r="F73">
         <v>2007</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="74" spans="1:8">
@@ -3497,51 +3497,51 @@
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>172</v>
       </c>
       <c r="B81" t="s">
         <v>173</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81">
         <v>2006</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>174</v>
       </c>
       <c r="B82" t="s">
         <v>175</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>10</v>
       </c>
       <c r="F82">
         <v>2006</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="83" spans="1:8">
@@ -3563,51 +3563,51 @@
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>178</v>
       </c>
       <c r="B84" t="s">
         <v>179</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>10</v>
       </c>
       <c r="F84">
         <v>2006</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>180</v>
       </c>
       <c r="B85" t="s">
         <v>181</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>10</v>
       </c>
       <c r="F85">
         <v>2006</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="86" spans="1:8">
@@ -3629,51 +3629,51 @@
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>184</v>
       </c>
       <c r="B87" t="s">
         <v>77</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>10</v>
       </c>
       <c r="F87">
         <v>2006</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>185</v>
       </c>
       <c r="B88" t="s">
         <v>186</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>10</v>
       </c>
       <c r="F88">
         <v>2006</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="89" spans="1:8">
@@ -3871,95 +3871,95 @@
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>206</v>
       </c>
       <c r="B98" t="s">
         <v>207</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>10</v>
       </c>
       <c r="F98">
         <v>2005</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>208</v>
       </c>
       <c r="B99" t="s">
         <v>209</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>40</v>
       </c>
       <c r="E99" t="s">
         <v>10</v>
       </c>
       <c r="F99">
         <v>2005</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>210</v>
       </c>
       <c r="B100" t="s">
         <v>211</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>10</v>
       </c>
       <c r="F100">
         <v>2005</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>212</v>
       </c>
       <c r="B101" t="s">
         <v>213</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>10</v>
       </c>
       <c r="F101">
         <v>2004</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="102" spans="1:8">
@@ -4003,51 +4003,51 @@
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>218</v>
       </c>
       <c r="B104" t="s">
         <v>219</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>10</v>
       </c>
       <c r="F104">
         <v>2004</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>220</v>
       </c>
       <c r="B105" t="s">
         <v>221</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>10</v>
       </c>
       <c r="F105">
         <v>2003</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:8">
@@ -4245,51 +4245,51 @@
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>237</v>
       </c>
       <c r="B115" t="s">
         <v>238</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>10</v>
       </c>
       <c r="F115">
         <v>2003</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>239</v>
       </c>
       <c r="B116" t="s">
         <v>240</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>10</v>
       </c>
       <c r="F116">
         <v>2003</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="117" spans="1:8">
@@ -4311,73 +4311,73 @@
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>243</v>
       </c>
       <c r="B118" t="s">
         <v>244</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>10</v>
       </c>
       <c r="F118">
         <v>2003</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>245</v>
       </c>
       <c r="B119" t="s">
         <v>246</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>10</v>
       </c>
       <c r="F119">
         <v>2003</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>247</v>
       </c>
       <c r="B120" t="s">
         <v>248</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>10</v>
       </c>
       <c r="F120">
         <v>2003</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="121" spans="1:8">
@@ -4551,51 +4551,51 @@
       <c r="F128">
         <v>2002</v>
       </c>
       <c r="G128"/>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>266</v>
       </c>
       <c r="B129" t="s">
         <v>267</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>10</v>
       </c>
       <c r="F129">
         <v>2001</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>268</v>
       </c>
       <c r="B130" t="s">
         <v>269</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>10</v>
       </c>
       <c r="F130">
         <v>2001</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:8">
@@ -4617,51 +4617,51 @@
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>271</v>
       </c>
       <c r="B132" t="s">
         <v>272</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132">
         <v>2001</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>273</v>
       </c>
       <c r="B133" t="s">
         <v>274</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133">
         <v>2000</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="134" spans="1:8">
@@ -4859,95 +4859,95 @@
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>293</v>
       </c>
       <c r="B143" t="s">
         <v>294</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>10</v>
       </c>
       <c r="F143">
         <v>1999</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>295</v>
       </c>
       <c r="B144" t="s">
         <v>294</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>10</v>
       </c>
       <c r="F144">
         <v>1999</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>296</v>
       </c>
       <c r="B145" t="s">
         <v>297</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145">
         <v>1999</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>298</v>
       </c>
       <c r="B146" t="s">
         <v>299</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146">
         <v>1999</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="147" spans="1:8">
@@ -5035,51 +5035,51 @@
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>308</v>
       </c>
       <c r="B151" t="s">
         <v>309</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>10</v>
       </c>
       <c r="F151">
         <v>1998</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>310</v>
       </c>
       <c r="B152" t="s">
         <v>311</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>10</v>
       </c>
       <c r="F152">
         <v>1998</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:8">
@@ -5123,51 +5123,51 @@
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>316</v>
       </c>
       <c r="B155" t="s">
         <v>317</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>10</v>
       </c>
       <c r="F155">
         <v>1998</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>318</v>
       </c>
       <c r="B156" t="s">
         <v>319</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>10</v>
       </c>
       <c r="F156">
         <v>1998</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="157" spans="1:8">
@@ -5277,51 +5277,51 @@
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>330</v>
       </c>
       <c r="B162" t="s">
         <v>331</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>10</v>
       </c>
       <c r="F162">
         <v>1995</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>332</v>
       </c>
       <c r="B163" t="s">
         <v>333</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>10</v>
       </c>
       <c r="F163">
         <v>1995</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="164" spans="1:8">
@@ -5495,51 +5495,51 @@
       <c r="F171">
         <v>1995</v>
       </c>
       <c r="G171"/>
       <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>348</v>
       </c>
       <c r="B172" t="s">
         <v>349</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>10</v>
       </c>
       <c r="F172">
         <v>1994</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>350</v>
       </c>
       <c r="B173" t="s">
         <v>351</v>
       </c>
       <c r="C173"/>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>10</v>
       </c>
       <c r="F173">
         <v>1994</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="174" spans="1:8">
@@ -5561,51 +5561,51 @@
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>354</v>
       </c>
       <c r="B175" t="s">
         <v>349</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>10</v>
       </c>
       <c r="F175">
         <v>1994</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>355</v>
       </c>
       <c r="B176" t="s">
         <v>356</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>10</v>
       </c>
       <c r="F176">
         <v>1994</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="177" spans="1:8">
@@ -5737,51 +5737,51 @@
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>368</v>
       </c>
       <c r="B183" t="s">
         <v>369</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>10</v>
       </c>
       <c r="F183">
         <v>1993</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>370</v>
       </c>
       <c r="B184" t="s">
         <v>371</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>10</v>
       </c>
       <c r="F184">
         <v>1992</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:8">
@@ -5891,183 +5891,183 @@
       </c>
       <c r="G189"/>
       <c r="H189" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>381</v>
       </c>
       <c r="B190" t="s">
         <v>382</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>10</v>
       </c>
       <c r="F190">
         <v>1991</v>
       </c>
       <c r="G190"/>
       <c r="H190" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>383</v>
       </c>
       <c r="B191" t="s">
         <v>384</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>10</v>
       </c>
       <c r="F191">
         <v>1991</v>
       </c>
       <c r="G191"/>
       <c r="H191" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>385</v>
       </c>
       <c r="B192" t="s">
         <v>386</v>
       </c>
       <c r="C192"/>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>10</v>
       </c>
       <c r="F192">
         <v>1991</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>387</v>
       </c>
       <c r="B193" t="s">
         <v>388</v>
       </c>
       <c r="C193"/>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>10</v>
       </c>
       <c r="F193">
         <v>1991</v>
       </c>
       <c r="G193"/>
       <c r="H193" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>389</v>
       </c>
       <c r="B194" t="s">
         <v>390</v>
       </c>
       <c r="C194"/>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>10</v>
       </c>
       <c r="F194">
         <v>1991</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>391</v>
       </c>
       <c r="B195" t="s">
         <v>392</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>10</v>
       </c>
       <c r="F195">
         <v>1990</v>
       </c>
       <c r="G195"/>
       <c r="H195" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>393</v>
       </c>
       <c r="B196" t="s">
         <v>394</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>10</v>
       </c>
       <c r="F196">
         <v>1990</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>395</v>
       </c>
       <c r="B197" t="s">
         <v>396</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>10</v>
       </c>
       <c r="F197">
         <v>1990</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="198" spans="1:8">
@@ -6243,51 +6243,51 @@
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>411</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>10</v>
       </c>
       <c r="F206">
         <v>1988</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>413</v>
       </c>
       <c r="B207" t="s">
         <v>414</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>10</v>
       </c>
       <c r="F207">
         <v>1988</v>
       </c>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>415</v>
@@ -6351,183 +6351,183 @@
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>421</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211"/>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>10</v>
       </c>
       <c r="F211">
         <v>1987</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>423</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212"/>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>10</v>
       </c>
       <c r="F212">
         <v>1986</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>425</v>
       </c>
       <c r="B213" t="s">
         <v>424</v>
       </c>
       <c r="C213"/>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>10</v>
       </c>
       <c r="F213">
         <v>1986</v>
       </c>
       <c r="G213"/>
       <c r="H213" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>426</v>
       </c>
       <c r="B214" t="s">
         <v>427</v>
       </c>
       <c r="C214"/>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>10</v>
       </c>
       <c r="F214">
         <v>1985</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>428</v>
       </c>
       <c r="B215" t="s">
         <v>427</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>10</v>
       </c>
       <c r="F215">
         <v>1985</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>429</v>
       </c>
       <c r="B216" t="s">
         <v>430</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>10</v>
       </c>
       <c r="F216">
         <v>1984</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>431</v>
       </c>
       <c r="B217" t="s">
         <v>432</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>10</v>
       </c>
       <c r="F217">
         <v>1984</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>433</v>
       </c>
       <c r="B218" t="s">
         <v>434</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>10</v>
       </c>
       <c r="F218">
         <v>1984</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:8">
@@ -6571,95 +6571,95 @@
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>439</v>
       </c>
       <c r="B221" t="s">
         <v>440</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>10</v>
       </c>
       <c r="F221">
         <v>1983</v>
       </c>
       <c r="G221"/>
       <c r="H221" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>441</v>
       </c>
       <c r="B222" t="s">
         <v>442</v>
       </c>
       <c r="C222"/>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>10</v>
       </c>
       <c r="F222">
         <v>1982</v>
       </c>
       <c r="G222"/>
       <c r="H222" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>443</v>
       </c>
       <c r="B223" t="s">
         <v>444</v>
       </c>
       <c r="C223"/>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>10</v>
       </c>
       <c r="F223">
         <v>1982</v>
       </c>
       <c r="G223"/>
       <c r="H223" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>445</v>
       </c>
       <c r="B224" t="s">
         <v>446</v>
       </c>
       <c r="C224"/>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>10</v>
       </c>
       <c r="F224">
         <v>1982</v>
       </c>
       <c r="G224"/>
       <c r="H224"/>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>447</v>