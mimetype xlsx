--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -104,66 +104,66 @@
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
@@ -793,91 +793,91 @@
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>14</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>14</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">