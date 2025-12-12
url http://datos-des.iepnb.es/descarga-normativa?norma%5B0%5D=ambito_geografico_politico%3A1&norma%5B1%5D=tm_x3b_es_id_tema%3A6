--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -83,69 +83,69 @@
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
-  </si>
-[...10 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Orden TED/339/2023, de 30 de marzo, por la que se modifica el anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras.. BOE 83, de 7 de abril de 2023</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2023/03/30/ted339</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden TED/1126/2020, de 20 de noviembre, por la que se modifica el Anexo del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas, y el Anexo del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras. BOE 314, de 1 de diciembre de 2020</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2020/11/20/ted1126</t>
   </si>
   <si>
     <t>Real Decreto 216/2019, de 29 de marzo, por el que se aprueba la lista de especies exóticas invasoras preocupantes para la reg. ultraperiférica de las islas Canarias y por el que se modifica el RD 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. BOE nº 77, de 30/03/2019.</t>
   </si>
@@ -731,123 +731,123 @@
       <c r="H7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>29</v>
       </c>