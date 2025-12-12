--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -74,54 +74,54 @@
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
-  </si>
-[...1 lines deleted...]
-    <t>Castilla y León</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
@@ -728,103 +728,103 @@
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>12</v>
       </c>
       <c r="H5" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>12</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8"/>
@@ -854,129 +854,129 @@
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
       <c r="H11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>24</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>24</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
@@ -1062,77 +1062,77 @@
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18" t="s">
         <v>24</v>
       </c>
       <c r="D18" t="s">
         <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19" t="s">
         <v>24</v>
       </c>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>34</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20" t="s">
         <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>12</v>
       </c>
       <c r="H20" t="s">
@@ -1166,51 +1166,51 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>24</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>12</v>
       </c>
       <c r="H22" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>37</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>24</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
       <c r="H23" t="s">
@@ -1218,149 +1218,149 @@
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>24</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
       <c r="H24" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>24</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
       <c r="H25" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
       <c r="H26" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
       <c r="H27" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
       <c r="H28" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>43</v>
       </c>
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" t="s">
@@ -1394,77 +1394,77 @@
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>36</v>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>44</v>
       </c>
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>36</v>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>48</v>
       </c>
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>46</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
       <c r="H33" t="s">
@@ -1472,77 +1472,77 @@
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>33</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>48</v>
       </c>
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>33</v>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>48</v>
       </c>
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
         <v>33</v>
       </c>
       <c r="D36" t="s">
         <v>45</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>12</v>
       </c>
       <c r="H36" t="s">
@@ -1550,77 +1550,77 @@
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>50</v>
       </c>
       <c r="B37" t="s">
         <v>51</v>
       </c>
       <c r="C37" t="s">
         <v>33</v>
       </c>
       <c r="D37" t="s">
         <v>25</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>12</v>
       </c>
       <c r="H37" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>50</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38" t="s">
         <v>33</v>
       </c>
       <c r="D38" t="s">
         <v>25</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>50</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39" t="s">
         <v>33</v>
       </c>
       <c r="D39" t="s">
         <v>25</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
@@ -1628,51 +1628,51 @@
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>52</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>53</v>
       </c>
       <c r="D40" t="s">
         <v>25</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>52</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>53</v>
       </c>
       <c r="D41" t="s">
         <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41">
         <v>2022</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
@@ -1706,51 +1706,51 @@
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>52</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>53</v>
       </c>
       <c r="D43" t="s">
         <v>25</v>
       </c>
       <c r="E43" t="s">
         <v>46</v>
       </c>
       <c r="F43">
         <v>2022</v>
       </c>
       <c r="G43" t="s">
         <v>12</v>
       </c>
       <c r="H43" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>55</v>
       </c>
       <c r="B44" t="s">
         <v>56</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44">
         <v>2018</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>57</v>