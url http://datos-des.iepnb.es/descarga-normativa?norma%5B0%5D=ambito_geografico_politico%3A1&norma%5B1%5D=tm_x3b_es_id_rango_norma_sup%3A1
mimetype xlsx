--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -101,60 +101,60 @@
   <si>
     <t>Directiva</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>Prueba nueva norma 2 editada</t>
   </si>
   <si>
     <t>https://des.iepnb.es/</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>