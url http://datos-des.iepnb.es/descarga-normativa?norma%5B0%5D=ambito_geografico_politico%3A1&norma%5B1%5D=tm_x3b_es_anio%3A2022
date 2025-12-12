--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -56,54 +56,54 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Prueba Editar Norma Ids2</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
@@ -615,51 +615,51 @@
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6">
         <v>2022</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7">
         <v>2022</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
@@ -667,77 +667,77 @@
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8">
         <v>2022</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9">
         <v>2022</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>21</v>
       </c>
       <c r="F10">
         <v>2022</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10"/>